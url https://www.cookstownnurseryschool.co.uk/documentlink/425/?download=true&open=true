--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -5,51 +5,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1A1C2C9A" w14:textId="77777777" w:rsidR="000F5856" w:rsidRDefault="00355E26" w:rsidP="00355E26">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00355E26">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>Welcome to Cookstown Nursery School</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B45E99B" w14:textId="77777777" w:rsidR="000F5856" w:rsidRDefault="000F5856" w:rsidP="00355E26">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -120,148 +120,128 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="08343EF3" w14:textId="031C9561" w:rsidR="00355E26" w:rsidRDefault="00355E26" w:rsidP="00355E26">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00355E26">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>PROSPECTUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05F126DD" w14:textId="35090F32" w:rsidR="000F5856" w:rsidRDefault="000F5856" w:rsidP="000F5856">
+    <w:p w14:paraId="05F126DD" w14:textId="70549FAB" w:rsidR="000F5856" w:rsidRDefault="000F5856" w:rsidP="000F5856">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A91798">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="000F7DAB">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A0BCA7D" w14:textId="77777777" w:rsidR="000F5856" w:rsidRDefault="000F5856" w:rsidP="000F5856">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7418F0D7" w14:textId="41FB7581" w:rsidR="000F5856" w:rsidRPr="000F5856" w:rsidRDefault="000F5856" w:rsidP="000F5856">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F5856">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Cookstown Nursery School</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51EA7AC8" w14:textId="77777777" w:rsidR="00112860" w:rsidRPr="000F5856" w:rsidRDefault="00112860" w:rsidP="00112860">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F5856">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Molesworth </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Cookstown, BT80 8PF</w:t>
+        <w:t>Molesworth Road , Cookstown, BT80 8PF</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B753A00" w14:textId="77777777" w:rsidR="00112860" w:rsidRPr="000F5856" w:rsidRDefault="00112860" w:rsidP="00112860">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F5856">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Tel: 028 867 64451</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B3EE8B1" w14:textId="77777777" w:rsidR="00112860" w:rsidRPr="000F5856" w:rsidRDefault="00112860" w:rsidP="00112860">
@@ -274,61 +254,61 @@
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F5856">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="000F5856">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="de-DE"/>
           </w:rPr>
           <w:t>info@cookstownns.cookstown.ni.sch.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1E071F8F" w14:textId="3D67BF40" w:rsidR="00355E26" w:rsidRPr="000F5856" w:rsidRDefault="00000000" w:rsidP="00112860">
+    <w:p w14:paraId="1E071F8F" w14:textId="3D67BF40" w:rsidR="00355E26" w:rsidRPr="000F5856" w:rsidRDefault="0058070E" w:rsidP="00112860">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="0058070E" w:rsidRPr="000F5856">
+        <w:r w:rsidRPr="000F5856">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>www.cookstownnurseryschool.co.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7F272FEF" w14:textId="38A93296" w:rsidR="0058070E" w:rsidRPr="000F5856" w:rsidRDefault="0058070E" w:rsidP="00112860">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E067890" w14:textId="77777777" w:rsidR="0058070E" w:rsidRPr="00112860" w:rsidRDefault="0058070E" w:rsidP="000F5856">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:sz w:val="32"/>
@@ -755,121 +735,90 @@
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B35B47E" w14:textId="5A44C9C2" w:rsidR="00967C61" w:rsidRDefault="00A9377D" w:rsidP="002A5709">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">from the </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>from the Principal</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0D5AC6B9" w14:textId="77777777" w:rsidR="00A9377D" w:rsidRPr="007B50B6" w:rsidRDefault="00A9377D" w:rsidP="00A9377D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear Parent/Carer, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0441C859" w14:textId="4DC60C13" w:rsidR="00A9377D" w:rsidRPr="007B50B6" w:rsidRDefault="00A9377D" w:rsidP="00A9377D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Thank you for taking the time to read our prospectus. I hope you find it both useful and informative. Choosing the pre-school provision for your child is an important decision as it is the first step on their educational journey. As a mother, I understand the importance of making the right decision and ensuring it is somewhere your child will be nurtured, supported and motivated to go to each day. Cookstown Nursery School is </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> nurturing, welcoming, stimulating and supportive environment where everyone is valued and the children are provided with an excellent foundation for learning facilitated by experienced staff.</w:t>
+        <w:t>Thank you for taking the time to read our prospectus. I hope you find it both useful and informative. Choosing the pre-school provision for your child is an important decision as it is the first step on their educational journey. As a mother, I understand the importance of making the right decision and ensuring it is somewhere your child will be nurtured, supported and motivated to go to each day. Cookstown Nursery School is an nurturing, welcoming, stimulating and supportive environment where everyone is valued and the children are provided with an excellent foundation for learning facilitated by experienced staff.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="472C64FE" w14:textId="49772226" w:rsidR="00A9377D" w:rsidRPr="007B50B6" w:rsidRDefault="00A9377D" w:rsidP="00A9377D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
       <w:r w:rsidR="00CE1E39" w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
@@ -884,136 +833,124 @@
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">earning experiences in each class are led by qualified teachers and supported by nursery assistants. We offer 52 fully funded places for children in their pre-school and pre pre-school year and have a long standing tradition of providing </w:t>
       </w:r>
       <w:r w:rsidR="00CE1E39" w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">quality </w:t>
       </w:r>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">pre-school education in the Cookstown area. The 52 places are allocated according to the criteria drawn up by the Board of Governors of the school. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A0934F2" w14:textId="635FF2D6" w:rsidR="00A91798" w:rsidRDefault="00A9377D" w:rsidP="00A9377D">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="007B50B6">
+    <w:p w14:paraId="689B334A" w14:textId="0A51E0E9" w:rsidR="00967C61" w:rsidRPr="007B50B6" w:rsidRDefault="00A9377D" w:rsidP="00A9377D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Unfortunately, we are unable to welcome you into the school during our usual open evening events however we hope you watch our virtual tour which will give you an insight into life at Cookstown Nursery School. The virtual tour</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE1E39" w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be released in early January and will be available </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>to watch on our school website or on You</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE1E39" w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A91798">
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> January between the hours of 2-4pm and 5-7pm. If you are unable to attend on this date, please feel free to contact our school to make alternative arrangements to visit on a date more convenient for you. </w:t>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tube. If you have any questions please don’t hesitate to telephone or email the school. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DF277DE" w14:textId="6189D3A5" w:rsidR="00CE1E39" w:rsidRPr="007B50B6" w:rsidRDefault="00CE1E39" w:rsidP="00A9377D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">We look forward to welcoming you and your child to our school </w:t>
-[...19 lines deleted...]
-        <w:t>. Best Wishes and thank you for considering our school as the first important step in your child’s education. We aim to contribute by providing a strong foundation for your child’s future educational journey.</w:t>
+        <w:t>We look forward to welcoming you and your child to our school in the near future. Best Wishes and thank you for considering our school as the first important step in your child’s education. We aim to contribute by providing a strong foundation for your child’s future educational journey.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65F5AF62" w14:textId="494DB374" w:rsidR="00CE1E39" w:rsidRPr="007B50B6" w:rsidRDefault="00CE1E39" w:rsidP="00A9377D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Best Wishes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="162279EC" w14:textId="3869BBEA" w:rsidR="00CE1E39" w:rsidRPr="007B50B6" w:rsidRDefault="00CE1E39" w:rsidP="00A9377D">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -1103,158 +1040,149 @@
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(Principal</w:t>
       </w:r>
       <w:r w:rsidR="001B3AF5" w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="265748B9" w14:textId="77777777" w:rsidR="001B3AF5" w:rsidRDefault="001B3AF5" w:rsidP="001B3AF5">
+    <w:p w14:paraId="265748B9" w14:textId="77777777" w:rsidR="001B3AF5" w:rsidRPr="001B3AF5" w:rsidRDefault="001B3AF5" w:rsidP="001B3AF5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="319EDF4A" w14:textId="77777777" w:rsidR="00A91798" w:rsidRPr="001B3AF5" w:rsidRDefault="00A91798" w:rsidP="001B3AF5">
-[...9 lines deleted...]
-    </w:p>
     <w:p w14:paraId="5084CE64" w14:textId="6D44BE1A" w:rsidR="006E6CCF" w:rsidRPr="00112860" w:rsidRDefault="006E6CCF" w:rsidP="006E6CCF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00112860">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ABOUT OUR SCHOOL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A1F7ADF" w14:textId="258CD43A" w:rsidR="006E6CCF" w:rsidRPr="007B50B6" w:rsidRDefault="006E6CCF" w:rsidP="001B3AF5">
+    <w:p w14:paraId="3A1F7ADF" w14:textId="76D42DF7" w:rsidR="006E6CCF" w:rsidRPr="007B50B6" w:rsidRDefault="006E6CCF" w:rsidP="001B3AF5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Cookstown Nursery School is a double unit nursery school conveniently situated on the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Coolnafranky</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Demes</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">e, in the centre of Cookstown and caters for 52 children of </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Desmense</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in the centre of Cookstown and caters for 52 children of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>pre school</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> age. The school is open to all, with preference given to those children who live within the local catchment area. Cookstown Nursery School has an excellent </w:t>
       </w:r>
       <w:r w:rsidR="0062021F" w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
@@ -1270,81 +1198,83 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="374524AE" w14:textId="77777777" w:rsidR="006E6CCF" w:rsidRPr="007B50B6" w:rsidRDefault="006E6CCF" w:rsidP="001B3AF5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="001F884E" w14:textId="402025A9" w:rsidR="0062021F" w:rsidRPr="007B50B6" w:rsidRDefault="006E6CCF" w:rsidP="001B3AF5">
+    <w:p w14:paraId="001F884E" w14:textId="77777777" w:rsidR="0062021F" w:rsidRPr="007B50B6" w:rsidRDefault="006E6CCF" w:rsidP="001B3AF5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">The school is spacious, </w:t>
       </w:r>
-      <w:r w:rsidR="00A91798" w:rsidRPr="007B50B6">
-[...7 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>well resourced</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> and has a team of highly trained, professional staff who ensure a friendly and happy atmosphere where children can learn through fun and enjoyable activities / experiences.</w:t>
       </w:r>
       <w:r w:rsidR="0062021F" w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="678AF743" w14:textId="77777777" w:rsidR="0062021F" w:rsidRPr="007B50B6" w:rsidRDefault="0062021F" w:rsidP="001B3AF5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
@@ -1377,71 +1307,51 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Features of our inside environment include:-</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="072CC994" w14:textId="3ECE80E3" w:rsidR="0062021F" w:rsidRPr="007B50B6" w:rsidRDefault="0062021F" w:rsidP="001B3AF5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">-A large spacious entrance hall with attractive displays, parent </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> tv screen displaying photographs of the learning experiences of the children.</w:t>
+        <w:t>-A large spacious entrance hall with attractive displays, parent information  and tv screen displaying photographs of the learning experiences of the children.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="585CD98A" w14:textId="33CFB25B" w:rsidR="0062021F" w:rsidRPr="007B50B6" w:rsidRDefault="0062021F" w:rsidP="001B3AF5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>-Two main spacious classrooms each with their own bathrooms and story rooms.</w:t>
       </w:r>
     </w:p>
@@ -2425,140 +2335,100 @@
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Demense</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> which shares </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Cookstown High School and Cookstown Primary School. The main entrance to our school is via the school avenue via blue gates on Molesworth Road (opposite Lidl/Argos). </w:t>
+        <w:t xml:space="preserve"> which shares site  with Cookstown High School and Cookstown Primary School. The main entrance to our school is via the school avenue via blue gates on Molesworth Road (opposite Lidl/Argos). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06BAF881" w14:textId="4DDC2C1A" w:rsidR="00112860" w:rsidRPr="007B50B6" w:rsidRDefault="00112860" w:rsidP="001B3AF5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1294C6FA" w14:textId="4C86C812" w:rsidR="00112860" w:rsidRPr="007B50B6" w:rsidRDefault="00112860" w:rsidP="001B3AF5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">For safety reasons parents must park in the main </w:t>
       </w:r>
       <w:r w:rsidR="00F3323B" w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">top </w:t>
       </w:r>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">car park and use the pathway to walk to our </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">car park and use the pathway to walk to our school . </w:t>
       </w:r>
       <w:r w:rsidR="00F3323B" w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Cars must not be driven down to school grounds when collecting and dropping off children. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69B62D8F" w14:textId="0CFEAAAF" w:rsidR="00F3323B" w:rsidRPr="007B50B6" w:rsidRDefault="00F3323B" w:rsidP="001B3AF5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20E6A5FC" w14:textId="4B7A870B" w:rsidR="00F3323B" w:rsidRDefault="00F3323B" w:rsidP="001B3AF5">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -3089,68 +2959,68 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Principal: Mrs Julianne Fleming B</w:t>
       </w:r>
       <w:r w:rsidR="000F5856">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Sc EYE Hons PGCE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FEC3C9D" w14:textId="0BF453CD" w:rsidR="0032498D" w:rsidRPr="007B50B6" w:rsidRDefault="0032498D" w:rsidP="00112860">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="373F9173" w14:textId="1110BC6F" w:rsidR="0032498D" w:rsidRPr="007B50B6" w:rsidRDefault="0032498D" w:rsidP="001B3AF5">
-[...16 lines deleted...]
-        <w:t xml:space="preserve">If you wish to hear more about our school or have any questions, please do not hesitate to contact us via the methods above. </w:t>
+    <w:p w14:paraId="373F9173" w14:textId="6892C956" w:rsidR="0032498D" w:rsidRPr="007B50B6" w:rsidRDefault="0032498D" w:rsidP="001B3AF5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Unfortunately, we are unable to welcome you into the school during our usual open evening events however we hope to produce a virtual online video in the new year to show you around our school. If you wish to hear more about our school or have any questions, please do not hesitate to contact us via the methods above. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6242D14A" w14:textId="3F368FD9" w:rsidR="0032498D" w:rsidRPr="007B50B6" w:rsidRDefault="0032498D" w:rsidP="007B50B6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Further information about our school can be found on our website.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C4DD82C" w14:textId="227DB224" w:rsidR="0091605F" w:rsidRPr="007B50B6" w:rsidRDefault="0091605F" w:rsidP="001B3AF5">
       <w:pPr>
         <w:rPr>
@@ -3209,51 +3079,50 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AB016C8" w14:textId="4F4D82FA" w:rsidR="00BA0C0E" w:rsidRDefault="00546B07" w:rsidP="00546B07">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="060F495A" wp14:editId="70DF331A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>28575</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1640205" cy="638175"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="16" name="Picture 16"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="16" name="Picture 16"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -3298,117 +3167,132 @@
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">APPLICATION PROCESS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3991B9E0" w14:textId="6E56303F" w:rsidR="001B3AF5" w:rsidRDefault="001B3AF5" w:rsidP="001B3AF5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E63104F" w14:textId="77777777" w:rsidR="003C4732" w:rsidRPr="00BA0C0E" w:rsidRDefault="003C4732" w:rsidP="00B44831">
-      <w:pPr>
+    <w:p w14:paraId="7B85D266" w14:textId="57E59A73" w:rsidR="003C4732" w:rsidRDefault="003C4732" w:rsidP="001B3AF5">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AFF2940" w14:textId="13B84B02" w:rsidR="003C4732" w:rsidRPr="00BA0C0E" w:rsidRDefault="0091605F" w:rsidP="00BA0C0E">
+    <w:p w14:paraId="1E63104F" w14:textId="77777777" w:rsidR="003C4732" w:rsidRPr="00BA0C0E" w:rsidRDefault="003C4732" w:rsidP="001B3AF5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39888A09" w14:textId="5D33A6CE" w:rsidR="00BA0C0E" w:rsidRDefault="0091605F" w:rsidP="00BA0C0E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA0C0E">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All children in their Pre-</w:t>
       </w:r>
       <w:r w:rsidR="0099634B">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>School year (born between 2/7/1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A91798">
+        <w:t>School year (born between 2/7/</w:t>
+      </w:r>
+      <w:r w:rsidR="0013157A">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>22</w:t>
       </w:r>
       <w:r w:rsidR="0099634B">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- 1/7/</w:t>
       </w:r>
-      <w:r w:rsidR="00A91798">
+      <w:r w:rsidR="0013157A">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>20</w:t>
+        <w:t>23</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA0C0E">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) are entitled to apply for a place in </w:t>
       </w:r>
       <w:r w:rsidR="00BA0C0E" w:rsidRPr="00BA0C0E">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cookstown</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA0C0E">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3422,718 +3306,741 @@
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">pre </w:t>
       </w:r>
       <w:r w:rsidR="0099634B">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>school</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0099634B">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> year (born between 2/7/</w:t>
       </w:r>
-      <w:r w:rsidR="00A91798">
+      <w:r w:rsidR="00EB52BF">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>20</w:t>
+        <w:t>23</w:t>
       </w:r>
       <w:r w:rsidR="0099634B">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – 1/7/2</w:t>
       </w:r>
-      <w:r w:rsidR="00A91798">
+      <w:r w:rsidR="00EB52BF">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA0C0E">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">) to apply as there is the </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">) to apply as there </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3D1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">maybe </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA0C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
       <w:r w:rsidRPr="00BA0C0E">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>possibility</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BA0C0E">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> we will be able to offer some of them a place too. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C1E169D" w14:textId="4FBC915B" w:rsidR="00BA0C0E" w:rsidRDefault="0091605F" w:rsidP="00BA0C0E">
+    <w:p w14:paraId="5473FA92" w14:textId="6E59C3D8" w:rsidR="007033BA" w:rsidRDefault="007033BA" w:rsidP="00BA0C0E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA0C0E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Application forms for admission to </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0099634B">
+        <w:t xml:space="preserve">Before applying for a pre school place, it is important you </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3D1E">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Nursery School in September 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A91798">
+        <w:t>familiarise</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BA0C0E">
+        <w:t xml:space="preserve"> yourself with the nursery schools </w:t>
+      </w:r>
+      <w:r w:rsidR="00737D79">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will be available to complete online at </w:t>
+        <w:t xml:space="preserve">criteria for admissions. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA0C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Our school admissions criteria will be available on the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3D1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA0C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> website from </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Wednesday 10th December 2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA0C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E638ED" w14:textId="77777777" w:rsidR="007033BA" w:rsidRPr="00BA0C0E" w:rsidRDefault="007033BA" w:rsidP="00BA0C0E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1E169D" w14:textId="598C4C68" w:rsidR="00BA0C0E" w:rsidRDefault="0091605F" w:rsidP="00BA0C0E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA0C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Application forms for admission to </w:t>
+      </w:r>
+      <w:r w:rsidR="0099634B">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nursery School in September 202</w:t>
+      </w:r>
+      <w:r w:rsidR="000F7DAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA0C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be available to complete online</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD04A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00643BCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidRPr="00BA0C0E">
+        <w:r w:rsidR="00643BCF" w:rsidRPr="00F556B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>www.eani.org.uk/admissions</w:t>
+          <w:t>https://www.eani.org.uk/parents/admissions/pre-school-admissions-guide</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00BA0C0E">
+      <w:r w:rsidR="00643BCF">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> from </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA0C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA0C0E">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>12 noon</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA0C0E">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
-      <w:r w:rsidR="00A91798">
+      <w:r w:rsidR="00142F1A">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Tuesday</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0099634B">
+        <w:t>Wednesday 7th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA0C0E">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A91798">
+        <w:t xml:space="preserve"> January</w:t>
+      </w:r>
+      <w:r w:rsidR="0099634B">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00142F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA0C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Forms must be submitted by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA0C0E">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>9</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0099634B">
+        <w:t>12 noon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA0C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on </w:t>
+      </w:r>
+      <w:r w:rsidR="00412A7D">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>th</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BA0C0E">
+        <w:t>Wednesday 21</w:t>
+      </w:r>
+      <w:r w:rsidR="00412A7D" w:rsidRPr="00412A7D">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidR="00412A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0099634B">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+        <w:t>January 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00412A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Forms must be submitted by </w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA0C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ADFAF7E" w14:textId="77777777" w:rsidR="003C4732" w:rsidRPr="00BA0C0E" w:rsidRDefault="003C4732" w:rsidP="00BA0C0E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="783F3B86" w14:textId="525C5B80" w:rsidR="00BA0C0E" w:rsidRDefault="0091605F" w:rsidP="00BA0C0E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA0C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Any applications submitted after this date will be classes as late and won’t be considered until stage 2. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="421308AA" w14:textId="77777777" w:rsidR="00737D79" w:rsidRDefault="00737D79" w:rsidP="00BA0C0E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E124F8A" w14:textId="6E800B3F" w:rsidR="003C4732" w:rsidRPr="00BA0C0E" w:rsidRDefault="00737D79" w:rsidP="00BA0C0E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA0C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">After submitting an application on the Citizen Portal, you will receive a confirmation email. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D24FAE" w14:textId="78AB5AE6" w:rsidR="00BA0C0E" w:rsidRDefault="0091605F" w:rsidP="00BA0C0E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA0C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Within 3 days you </w:t>
+      </w:r>
+      <w:r w:rsidR="00737D79">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA0C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> then receive another email with a unique link where you can securely upload your child’s birth certificate and other supporting documents (e.g. if applicable benefit verification documents). These documents must be uploaded by </w:t>
+      </w:r>
+      <w:r w:rsidR="0099634B">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>12 noon</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+        <w:t>noon o</w:t>
+      </w:r>
+      <w:r w:rsidR="000464E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> on </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A91798">
+        <w:t>n Monday 26</w:t>
+      </w:r>
+      <w:r w:rsidR="000464E6" w:rsidRPr="000464E6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="0099634B">
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="000464E6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A91798">
+        <w:t xml:space="preserve"> January 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3FDA8E" w14:textId="0BB05C0C" w:rsidR="0091605F" w:rsidRPr="00BA0C0E" w:rsidRDefault="0091605F" w:rsidP="00BA0C0E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07C7F67B" w14:textId="1D47700D" w:rsidR="0091605F" w:rsidRPr="00BA0C0E" w:rsidRDefault="0091605F" w:rsidP="00BA0C0E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58A2725F" w14:textId="6B0A8392" w:rsidR="0091605F" w:rsidRPr="00BA0C0E" w:rsidRDefault="0091605F" w:rsidP="00BA0C0E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D6668CF" w14:textId="4065E951" w:rsidR="0091605F" w:rsidRPr="00BA0C0E" w:rsidRDefault="0091605F" w:rsidP="00112860">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31AA65F3" w14:textId="7115E4EE" w:rsidR="0091605F" w:rsidRPr="00BA0C0E" w:rsidRDefault="0091605F" w:rsidP="00112860">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FFC6D81" w14:textId="1C6AC05E" w:rsidR="0091605F" w:rsidRDefault="0091605F" w:rsidP="00112860">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C0DD6CA" w14:textId="77777777" w:rsidR="00E302E5" w:rsidRDefault="00E302E5" w:rsidP="0058070E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="781B61B7" w14:textId="77777777" w:rsidR="005076FA" w:rsidRPr="001A72A2" w:rsidRDefault="005076FA" w:rsidP="0058070E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="311C3A16" w14:textId="6B18AC6F" w:rsidR="0058070E" w:rsidRPr="00D36F76" w:rsidRDefault="0058070E" w:rsidP="0058070E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C866B57" w14:textId="0682AC43" w:rsidR="00112860" w:rsidRPr="0094334D" w:rsidRDefault="004E5EC7" w:rsidP="00112860">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="0099634B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0094334D">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-[...365 lines deleted...]
-          <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>SETTLING IN NEW CHILDREN</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B0AC960" w14:textId="1E1268EF" w:rsidR="004E5EC7" w:rsidRDefault="004E5EC7" w:rsidP="00112860">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="589DF1F8" w14:textId="47237C2B" w:rsidR="004E5EC7" w:rsidRPr="007B50B6" w:rsidRDefault="004E5EC7" w:rsidP="004E5EC7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
@@ -4222,57 +4129,57 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="77BD6EF1" wp14:editId="2B9B6CE8">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4946015</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>131445</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1562100" cy="1132205"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="19" name="Picture 19"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="19" name="Picture 19"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22" cstate="print">
+                    <a:blip r:embed="rId20" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                         <a:ext uri="{837473B0-CC2E-450A-ABE3-18F120FF3D39}">
-                          <a1611:picAttrSrcUrl xmlns:a1611="http://schemas.microsoft.com/office/drawing/2016/11/main" r:id="rId23"/>
+                          <a1611:picAttrSrcUrl xmlns:a1611="http://schemas.microsoft.com/office/drawing/2016/11/main" r:id="rId21"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1562100" cy="1132205"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
@@ -4337,86 +4244,68 @@
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>MEET THE TEAM</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07A09F96" w14:textId="77777777" w:rsidR="007B50B6" w:rsidRPr="007B50B6" w:rsidRDefault="007B50B6" w:rsidP="0058070E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="351F8F43" w14:textId="7CF26B76" w:rsidR="0058070E" w:rsidRPr="007B50B6" w:rsidRDefault="0058070E" w:rsidP="001B3AF5">
-[...34 lines deleted...]
-        <w:t>: Mrs Julianne Fleming</w:t>
+    <w:p w14:paraId="351F8F43" w14:textId="7DA64982" w:rsidR="0058070E" w:rsidRPr="007B50B6" w:rsidRDefault="0058070E" w:rsidP="001B3AF5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Principal: Mrs Julianne Fleming</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09FEA3C0" w14:textId="6F5EED8B" w:rsidR="0058070E" w:rsidRPr="007B50B6" w:rsidRDefault="0058070E" w:rsidP="001B3AF5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Assistant Teacher: Mrs Louise Mallon</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16C5E2B5" w14:textId="4CFEDE4A" w:rsidR="0058070E" w:rsidRPr="007B50B6" w:rsidRDefault="0058070E" w:rsidP="0058070E">
       <w:pPr>
         <w:jc w:val="center"/>
@@ -4525,140 +4414,147 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Secretary: Mrs Ann Bolton</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C9C8F8F" w14:textId="460EA39C" w:rsidR="0058070E" w:rsidRPr="007B50B6" w:rsidRDefault="0058070E" w:rsidP="001B3AF5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Catering Supervisor: Mrs Jackie Purvis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B9F37FA" w14:textId="08E37C79" w:rsidR="007B50B6" w:rsidRDefault="0058070E" w:rsidP="00E302E5">
+    <w:p w14:paraId="0B9F37FA" w14:textId="1A90DC77" w:rsidR="007B50B6" w:rsidRDefault="0058070E" w:rsidP="00E302E5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Building Supervisor: </w:t>
       </w:r>
-      <w:r w:rsidR="00B44831">
-[...19 lines deleted...]
-    <w:p w14:paraId="0F766105" w14:textId="513D3E14" w:rsidR="00000EB6" w:rsidRPr="007B50B6" w:rsidRDefault="00B44831" w:rsidP="001B3AF5">
+      <w:r w:rsidR="005076FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Mrs Rhonda Donnolly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="043C88B7" w14:textId="77777777" w:rsidR="007B50B6" w:rsidRDefault="007B50B6" w:rsidP="001B3AF5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CDD862E" w14:textId="77777777" w:rsidR="005076FA" w:rsidRDefault="005076FA" w:rsidP="001B3AF5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E97D7D1" w14:textId="77777777" w:rsidR="005076FA" w:rsidRPr="007B50B6" w:rsidRDefault="005076FA" w:rsidP="001B3AF5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F766105" w14:textId="3816F311" w:rsidR="00000EB6" w:rsidRPr="007B50B6" w:rsidRDefault="00000EB6" w:rsidP="001B3AF5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00000EB6" w:rsidRPr="007B50B6">
+        <w:t>THE SCHOOL DAY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6377A825" w14:textId="77777777" w:rsidR="007B50B6" w:rsidRPr="007B50B6" w:rsidRDefault="007B50B6" w:rsidP="001B3AF5">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> SCHOOL DAY</w:t>
-[...13 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63C72772" w14:textId="77777777" w:rsidR="00000EB6" w:rsidRPr="007B50B6" w:rsidRDefault="00000EB6" w:rsidP="00000EB6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>8.30am-8.45am</w:t>
       </w:r>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
@@ -4919,130 +4815,95 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>12.45pm- 1.15 pm</w:t>
       </w:r>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>Story/Rhyme/Free Play/Outside Play</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A67B3A0" w14:textId="208DFFED" w:rsidR="00000EB6" w:rsidRPr="007B50B6" w:rsidRDefault="00000EB6" w:rsidP="00000EB6">
-[...15 lines deleted...]
-        <w:t>1.15pm</w:t>
+    <w:p w14:paraId="4A67B3A0" w14:textId="70DF28D4" w:rsidR="00000EB6" w:rsidRPr="007B50B6" w:rsidRDefault="00000EB6" w:rsidP="00000EB6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.15pm-1.30pm</w:t>
       </w:r>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...34 lines deleted...]
-        <w:t>me</w:t>
+        <w:t>Staggered Home Time</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AD54840" w14:textId="05A649ED" w:rsidR="007B50B6" w:rsidRPr="007B50B6" w:rsidRDefault="00000EB6" w:rsidP="00000EB6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.30pm-2.30pm</w:t>
       </w:r>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
@@ -5222,81 +5083,72 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Under 18’s must not be responsible for leaving or collecting children. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26FC3095" w14:textId="77777777" w:rsidR="0091605F" w:rsidRPr="007B50B6" w:rsidRDefault="0091605F" w:rsidP="0091605F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="677BD243" w14:textId="1E60330F" w:rsidR="0091605F" w:rsidRPr="007B50B6" w:rsidRDefault="00B44831" w:rsidP="0091605F">
+    <w:p w14:paraId="677BD243" w14:textId="007A6C89" w:rsidR="0091605F" w:rsidRPr="007B50B6" w:rsidRDefault="0091605F" w:rsidP="0091605F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> must be dropped off or collected by a responsible adult.  </w:t>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">They must be dropped off or collected by a responsible adult.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73A2761E" w14:textId="77777777" w:rsidR="007B50B6" w:rsidRPr="007B50B6" w:rsidRDefault="007B50B6" w:rsidP="007B50B6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="168CE78E" w14:textId="478D2D82" w:rsidR="0091605F" w:rsidRPr="007B50B6" w:rsidRDefault="0091605F" w:rsidP="0091605F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -5339,550 +5191,425 @@
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">For the safety of the children and security of the nursery, the front door is locked and has a door entry system in place. On arrival, please press the buzzer and wait for a member of staff to greet you. Please do not pin back the front door for prams/buggies etc as this only compromises the safety of our children. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F0DCB9B" w14:textId="3ED25D88" w:rsidR="007B50B6" w:rsidRPr="00000EB6" w:rsidRDefault="00000EB6" w:rsidP="007B50B6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="75F010B3" w14:textId="1159E91C" w:rsidR="0058070E" w:rsidRPr="00BA0C0E" w:rsidRDefault="0091605F" w:rsidP="00112860">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA0C0E">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00BA0C0E">
+        <w:t>PASTORAL CARE,CHILD PROTECTION AND POSITIVE BEHAVIOUR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09DCDF37" w14:textId="4F48F6D0" w:rsidR="00C31C87" w:rsidRPr="007B50B6" w:rsidRDefault="00BA0C0E" w:rsidP="00BA0C0E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We in Cookstown Nursery School have a primary responsibility for the care, welfare and safety of the children in our care. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C31C87" w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The duty of care is viewed as a partnership between the teachers, parents and support services. We aim to provide a safe, caring and supportive environment in which the children feel safe and secure and in turn will promote their learning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C736243" w14:textId="77777777" w:rsidR="00C31C87" w:rsidRPr="007B50B6" w:rsidRDefault="00BA0C0E" w:rsidP="00BA0C0E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>We have a comprehensive Safeguarding policy and Intimate Care policy in place which are available to read on our school website</w:t>
+      </w:r>
+      <w:r w:rsidR="00C31C87" w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or available from school </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Our Safeguarding team is made up of Mrs </w:t>
+      </w:r>
+      <w:r w:rsidR="00C31C87" w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Fleming</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Principal), Mrs </w:t>
+      </w:r>
+      <w:r w:rsidR="00C31C87" w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Mallon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (class teacher) and one of our Governors, Mrs </w:t>
+      </w:r>
+      <w:r w:rsidR="00C31C87" w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Sherman</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BFD9E95" w14:textId="77777777" w:rsidR="00C31C87" w:rsidRPr="007B50B6" w:rsidRDefault="00BA0C0E" w:rsidP="00BA0C0E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All the staff and volunteers have been subject to appropriate background checks (Access NI) and guidelines have been drawn up to guide their behaviour with the children. It may be necessary for the staff to change your child’s clothes if they have had a toileting accident but this will not be done without your permission, which we have already requested on the Child Protection Permission Form. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24BC1C52" w14:textId="0776A21D" w:rsidR="0058070E" w:rsidRPr="007B50B6" w:rsidRDefault="00BA0C0E" w:rsidP="00BA0C0E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>In line with current advice from the Education Authority, staff wear PPE (gloves, apron, mask and visor) when involved in intimate care with a child. These will be shown to all of the children on their first day of nursery school so that they are aware of them.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D35E93B" w14:textId="06227920" w:rsidR="00DF6BCC" w:rsidRPr="007B50B6" w:rsidRDefault="00DF6BCC" w:rsidP="00BA0C0E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Designated Teacher for child protection issues is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>CARE,CHILD</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BA0C0E">
+        <w:t>Mrs Julianne Fleming</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and her Deputy is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> PROTECTION AND POSITIVE BEHAVIOUR</w:t>
-[...131 lines deleted...]
-        <w:t>Sherman</w:t>
+        <w:t>Mrs Louise Mallon</w:t>
       </w:r>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BFD9E95" w14:textId="54104F85" w:rsidR="00C31C87" w:rsidRPr="007B50B6" w:rsidRDefault="00BA0C0E" w:rsidP="00BA0C0E">
-[...100 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="2C2F278A" w14:textId="77777777" w:rsidR="007B50B6" w:rsidRPr="007B50B6" w:rsidRDefault="007B50B6" w:rsidP="00BA0C0E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Mrs Julianne Fleming</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> positive praise, behaviour charts and sticker incentives. </w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77B70A55" w14:textId="611DB28B" w:rsidR="00C31C87" w:rsidRPr="007B50B6" w:rsidRDefault="00C31C87" w:rsidP="00BA0C0E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In Cookstown Nursery School we place a strong emphasis on positive behaviour management. Our aim is to help our children become self-disciplined, accept responsibility for their own actions and respect others and their work. We strive to do this through the implementation of the Golden Rules and working in partnership with our parents/carers. We use a variety of strategies within the school including ‘Star of the Week’, positive praise, behaviour charts and sticker incentives. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62AB438F" w14:textId="5F4BBC15" w:rsidR="00C31C87" w:rsidRPr="007B50B6" w:rsidRDefault="00C31C87" w:rsidP="00BA0C0E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A767E6E" w14:textId="12E80418" w:rsidR="00C31C87" w:rsidRPr="007B50B6" w:rsidRDefault="00C31C87" w:rsidP="00BA0C0E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69F1CAFB" w14:textId="280C95C0" w:rsidR="001B3AF5" w:rsidRPr="007B50B6" w:rsidRDefault="001B3AF5" w:rsidP="00BA0C0E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05D9BE92" w14:textId="0D709606" w:rsidR="007B50B6" w:rsidRPr="007B50B6" w:rsidRDefault="007B50B6" w:rsidP="00BA0C0E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E12995D" w14:textId="4F8A622D" w:rsidR="007B50B6" w:rsidRDefault="007B50B6" w:rsidP="00BA0C0E">
-[...21 lines deleted...]
-    <w:p w14:paraId="06E61676" w14:textId="77777777" w:rsidR="00587F02" w:rsidRDefault="00587F02" w:rsidP="00BA0C0E">
+    <w:p w14:paraId="6E12995D" w14:textId="77777777" w:rsidR="007B50B6" w:rsidRDefault="007B50B6" w:rsidP="00BA0C0E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74259DEC" w14:textId="77777777" w:rsidR="00C31C87" w:rsidRPr="004E5EC7" w:rsidRDefault="00C31C87" w:rsidP="00C31C87">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E5EC7">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>HOW A PARENT CAN RAISE A CHILD PROTECTION CONCERN</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62286BCE" w14:textId="77777777" w:rsidR="00C31C87" w:rsidRPr="004E5EC7" w:rsidRDefault="00C31C87" w:rsidP="00C31C87">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD" w:cs="Arial"/>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43BCAE74" w14:textId="77777777" w:rsidR="00C31C87" w:rsidRPr="004E5EC7" w:rsidRDefault="00C31C87" w:rsidP="00C31C87">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E5EC7">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD" w:cs="Arial"/>
@@ -5968,51 +5695,51 @@
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="7F97D8F6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 11" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:108.75pt;margin-top:11.05pt;width:283.45pt;height:42.5pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC5un0OLwIAAFIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjhJ4zU24hRdugwD&#10;ugvQ7gNkWY6FSaImKbGzry8lp1l2exnmB0EUyUPykPTqZtCKHITzEkxFZ5MpJcJwaKTZVfTL4/bV&#10;khIfmGmYAiMqehSe3qxfvlj1thRz6EA1whEEMb7sbUW7EGyZZZ53QjM/ASsMKltwmgUU3S5rHOsR&#10;XatsPp2+znpwjXXAhff4ejcq6Trht63g4VPbehGIqijmFtLp0lnHM1uvWLlzzHaSn9Jg/5CFZtJg&#10;0DPUHQuM7J38DUpL7sBDGyYcdAZtK7lINWA1s+kv1Tx0zIpUC5Lj7Zkm//9g+cfDZ0dkg72bUWKY&#10;xh49iiGQNzAQfEJ+eutLNHuwaBgGfEfbVKu398C/emJg0zGzE7fOQd8J1mB+yTO7cB1xfASp+w/Q&#10;YBy2D5CAhtbpSB7SQRAd+3Q89ybmwvHxKi+K5SynhKMuvyqu89S8jJXP3tb58E6AJvFSUYe9T+js&#10;cO8D1oGmzyYxmAclm61UKgluV2+UIweGc1IUm812G0tHl5/MlCE96vN5PhLwV4hp+v4EoWXAgVdS&#10;V3R5NmJlpO2tadI4BibVeMf4ymAakcdI3UhiGOrh1JcamiMy6mAcbFxEvHTgvlPS41BX1H/bMyco&#10;Ue8NdqWYLRZxC5KwyK/nKLhLTX2pYYYjVEUDJeN1E8bN2Vsndx1GGufAwC12spWJ5JjqmNUpbxzc&#10;RORpyeJmXMrJ6sevYP0EAAD//wMAUEsDBBQABgAIAAAAIQCs7Zep4QAAAAoBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLG0ZtCpNJxirxCQ4bEPimjZZW0icqkm38vaYE9xs+dPv&#10;7y9WszXspEffOxQQLyJgGhunemwFvB+qmwyYDxKVNA61gG/tYVVeXhQyV+6MO33ah5ZRCPpcCuhC&#10;GHLOfdNpK/3CDRrpdnSjlYHWseVqlGcKt4YnUXTPreyRPnRy0OtON1/7yQpYP09Pb+H2pfp4/Txu&#10;TV1tWpVthLi+mh8fgAU9hz8YfvVJHUpyqt2EyjMjIInTO0JpSGJgBKTZcgmsJjJKY+Blwf9XKH8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAubp9Di8CAABSBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEArO2XqeEAAAAKAQAADwAAAAAAAAAAAAAA&#10;AACJBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" fillcolor="#9cf">
+              <v:shape id="Text Box 11" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:108.75pt;margin-top:11.05pt;width:283.45pt;height:42.5pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDd35eXGgIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJ4zUx4hRdugwD&#10;ugvQ7QMUWY6FyaJGKbGzry8lp2nQbS/D/CCIJnVIHh4ub/rWsINCr8GWfDIac6ashErbXcm/f9u8&#10;mXPmg7CVMGBVyY/K85vV61fLzhVqCg2YSiEjEOuLzpW8CcEVWeZlo1rhR+CUJWcN2IpAJu6yCkVH&#10;6K3JpuPx26wDrByCVN7T37vByVcJv66VDF/q2qvATMmptpBOTOc2ntlqKYodCtdoeSpD/EMVrdCW&#10;kp6h7kQQbI/6N6hWSwQPdRhJaDOoay1V6oG6mYxfdPPQCKdSL0SOd2ea/P+DlZ8PD+4rstC/g54G&#10;mJrw7h7kD88srBthd+oWEbpGiYoSTyJlWed8cXoaqfaFjyDb7hNUNGSxD5CA+hrbyAr1yQidBnA8&#10;k676wCT9vMoXi/kk50ySL79aXOdpKpkonl479OGDgpbFS8mRhprQxeHeh1iNKJ5CYjIPRlcbbUwy&#10;cLddG2QHQQJYLNbrzSY18CLMWNaRP5/mAwF/hRin708QrQ6kZKPbks/PQaKItL23VdJZENoMdyrZ&#10;2BOPkbqBxNBvewqMfG6hOhKjCINiacPo0gD+4qwjtZbc/9wLVJyZj5amspjMZlHeyZjl11My8NKz&#10;vfQIKwmq5IGz4boOw0rsHepdQ5kGHVi4pUnWOpH8XNWpblJk4v60PVHyl3aKet7x1SMAAAD//wMA&#10;UEsDBBQABgAIAAAAIQCs7Zep4QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxD&#10;ZCRuLG0ZtCpNJxirxCQ4bEPimjZZW0icqkm38vaYE9xs+dPv7y9WszXspEffOxQQLyJgGhunemwF&#10;vB+qmwyYDxKVNA61gG/tYVVeXhQyV+6MO33ah5ZRCPpcCuhCGHLOfdNpK/3CDRrpdnSjlYHWseVq&#10;lGcKt4YnUXTPreyRPnRy0OtON1/7yQpYP09Pb+H2pfp4/TxuTV1tWpVthLi+mh8fgAU9hz8YfvVJ&#10;HUpyqt2EyjMjIInTO0JpSGJgBKTZcgmsJjJKY+Blwf9XKH8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA3d+XlxoCAAArBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEArO2XqeEAAAAKAQAADwAAAAAAAAAAAAAAAAB0BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" fillcolor="#9cf">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="364B3C91" w14:textId="77777777" w:rsidR="0094334D" w:rsidRPr="00451528" w:rsidRDefault="0094334D" w:rsidP="00DF6BCC">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00451528">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t>I have a concern about my/a child’s safety</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F931B78" w14:textId="77777777" w:rsidR="00C31C87" w:rsidRPr="00C31C87" w:rsidRDefault="00C31C87" w:rsidP="00C31C87">
@@ -6079,51 +5806,51 @@
                           <a:tailEnd type="triangle" w="med" len="med"/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="05D3BE35" id="Straight Connector 10" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="243.2pt,9pt" to="243.95pt,44.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYLrts4gEAAKcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GOEzEMvSPxD1HudNqyRTDqdA9dFg4L&#10;VOryAW6SmYnIxJGTdtq/x8mOurtwQ+QQ2bH9bD8769vz4MTJULToG7mYzaUwXqG2vmvkz8f7dx+l&#10;iAm8BofeNPJiorzdvH2zHkNtltij04YEg/hYj6GRfUqhrqqoejNAnGEwno0t0gCJVeoqTTAy+uCq&#10;5Xz+oRqRdCBUJkZ+vXsyyk3Bb1uj0o+2jSYJ10iuLZWbyn3Id7VZQ90RhN6qqQz4hyoGsJ6TXqHu&#10;IIE4kv0LarCKMGKbZgqHCtvWKlN64G4W8z+62fcQTOmFyYnhSlP8f7Dq+2lHwmqeHdPjYeAZ7ROB&#10;7foktug9M4gk2MhMjSHWHLD1O8q9qrPfhwdUv6LwuO3Bd6ZU/HgJjLLIEdWrkKzEwPkO4zfU7APH&#10;hIW2c0uDaJ0NX3NgBmdqxLnM6XKdkzknofjx02q5kkKx4eZmtXi/KpmgziA5NFBMXwwOIguNdNZn&#10;EqGG00NMuahnl/zs8d46VxbBeTFO8NkS0VmdjUWh7rB1JE6QV6mcKe8rN8Kj1wWsN6A/T3IC61gW&#10;qVCTyDJZzsicbTBaCmf492TpqTznJ+oyW0+8H1BfdpTNmUXehtLHtLl53V7qxev5f21+AwAA//8D&#10;AFBLAwQUAAYACAAAACEA9J2meOAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3KgTFIob4lQIgcQJ0RZV6s1NliQ0XgfbbQJfz3KC42qeZt8Uy8n24oQ+dI40pLMEBFLl6o4a&#10;DW+bpysFIkRDtekdoYYvDLAsz88Kk9dupBWe1rERXEIhNxraGIdcylC1aE2YuQGJs3fnrYl8+kbW&#10;3oxcbnt5nSRzaU1H/KE1Az60WB3WR6thsRlv3Ks/bLO0+9x9P37E4fklan15Md3fgYg4xT8YfvVZ&#10;HUp22rsj1UH0GjI1zxjlQPEmBjJ1uwCx16BUCrIs5P8F5Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA2C67bOIBAACnAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA9J2meOAAAAAJAQAADwAAAAAAAAAAAAAAAAA8BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;">
+              <v:line w14:anchorId="4593B723" id="Straight Connector 10" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="243.2pt,9pt" to="243.95pt,44.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBpgWNoxwEAAHYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02PGyEMvVfqf0Dcm0nSTdWOMtlDttse&#10;tm2k3f4AwscMKmBkSGby74vZUbYft6ockI3N8/PDbG8n79hZY7IQOr5aLDnTQYKyoe/496f7N+85&#10;S1kEJRwE3fGLTvx29/rVdoytXsMATmlkBSSkdowdH3KObdMkOWgv0gKiDiVoAL3IxcW+USjGgu5d&#10;s14u3zUjoIoIUqdUTu+eg3xX8Y3RMn8zJunMXMcLt1x3rPuR9ma3FW2PIg5WzjTEP7DwwoZS9Ap1&#10;J7JgJ7R/QXkrERKYvJDgGzDGSl17KN2sln908ziIqGsvRZwUrzKl/wcrv5734YBEXU7hMT6A/JFY&#10;gP0gQq8rgadLLA+3IqmaMab2eoWcFA/IjuMXUCVHnDJUFSaDnhln42e6SOClUzZV2S9X2fWUmSyH&#10;HzbrDWeyBG5uNqu3m1pJtARCVyOm/EmDZ2R03NlAmohWnB9SJlIvKXQc4N46V9/VBTbO8BRJ4Kyi&#10;YHWwP+4dsrOgyahrrvtbGsIpqAo2aKE+znYW1hWb5SpNRlvEcppTNa8VZ06Xz0DWMz0XZulILRrN&#10;1B5BXQ5IYfLK49Y+5kGk6fnVr1kv32X3EwAA//8DAFBLAwQUAAYACAAAACEA9J2meOAAAAAJAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KgTFIob4lQIgcQJ0RZV6s1NliQ0Xgfb&#10;bQJfz3KC42qeZt8Uy8n24oQ+dI40pLMEBFLl6o4aDW+bpysFIkRDtekdoYYvDLAsz88Kk9dupBWe&#10;1rERXEIhNxraGIdcylC1aE2YuQGJs3fnrYl8+kbW3oxcbnt5nSRzaU1H/KE1Az60WB3WR6thsRlv&#10;3Ks/bLO0+9x9P37E4fklan15Md3fgYg4xT8YfvVZHUp22rsj1UH0GjI1zxjlQPEmBjJ1uwCx16BU&#10;CrIs5P8F5Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAaYFjaMcBAAB2AwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA9J2meOAAAAAJAQAADwAA&#10;AAAAAAAAAAAAAAAhBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;">
                 <v:stroke endarrow="block"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="31727E1D" w14:textId="66B6ED1B" w:rsidR="00C31C87" w:rsidRPr="00C31C87" w:rsidRDefault="00DF6BCC" w:rsidP="00C31C87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C31C87">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54906A45" wp14:editId="69A3A796">
                 <wp:simplePos x="0" y="0"/>
@@ -6301,51 +6028,51 @@
                           </w:p>
                           <w:p w14:paraId="60F2EBB4" w14:textId="77777777" w:rsidR="0094334D" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
                             <w:pPr>
                               <w:jc w:val="center"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="54906A45" id="Text Box 9" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:70.5pt;margin-top:22.2pt;width:5in;height:153.15pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDi/o6SLwIAAFgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO0zAQvSPxD5bvNG3VwjZqulq6FCEt&#10;C9IuHzBxnMTC8RjbbVK+nrHT7XZBXBCXyPaM37x5b5z19dBpdpDOKzQFn02mnEkjsFKmKfi3x92b&#10;K858AFOBRiMLfpSeX29ev1r3NpdzbFFX0jECMT7vbcHbEGyeZV60sgM/QSsNBWt0HQTauiarHPSE&#10;3ulsPp2+zXp0lXUopPd0ejsG+Sbh17UU4UtdexmYLjhxC+nr0reM32yzhrxxYFslTjTgH1h0oAwV&#10;PUPdQgC2d+oPqE4Jhx7rMBHYZVjXSsjUA3Uzm/7WzUMLVqZeSBxvzzL5/wcr7g9fHVNVwVecGejI&#10;okc5BPYeB7aK6vTW55T0YCktDHRMLqdOvb1D8d0zg9sWTCNvnMO+lVARu1m8mV1cHXF8BCn7z1hR&#10;GdgHTEBD7booHYnBCJ1cOp6diVQEHS6W78htCgmKzVaL5XS6TDUgf7punQ8fJXYsLgruyPoED4c7&#10;HyIdyJ9SYjWPWlU7pXXauKbcascOQGOyWm23u90J/UWaNqyn+HK+HBX4KwRRjWzHqi8gOhVo3rXq&#10;Cn51ToI86vbBVHQB8gBKj2uirM1JyKjdqGIYyiE5llSOIpdYHUlZh+N403OkRYvuJ2c9jXbB/Y89&#10;OMmZ/mTIndVssYhvIW2Sspy5y0h5GQEjCKrggbNxuQ3j+9lbp5qWKo3zYPCGHK1V0vqZ1Yk+jW+y&#10;4PTU4vu43Kes5x/C5hcAAAD//wMAUEsDBBQABgAIAAAAIQAffu1p4AAAAAoBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcqFMaShTiVFAaCSQ40Fbi6sTbJBCvo9hpw9+zPcFxZkez&#10;b7LVZDtxxMG3jhTMZxEIpMqZlmoF+11xk4DwQZPRnSNU8IMeVvnlRaZT4070gcdtqAWXkE+1giaE&#10;PpXSVw1a7WeuR+LbwQ1WB5ZDLc2gT1xuO3kbRUtpdUv8odE9rhusvrejVbB+Hp/ew+Kl+Hz7Orx2&#10;ZbGpTbJR6vpqenwAEXAKf2E44zM65MxUupGMFx3reM5bgoI4jkFwIFmejVLB4i66B5ln8v+E/BcA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDi/o6SLwIAAFgEAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAffu1p4AAAAAoBAAAPAAAAAAAAAAAAAAAA&#10;AIkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAlgUAAAAA&#10;" fillcolor="#9cf">
+              <v:shape w14:anchorId="54906A45" id="Text Box 9" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:70.5pt;margin-top:22.2pt;width:5in;height:153.15pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCFuenHGwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06RVC9uo6WrpUoS0&#10;XKSFD3Acp7FwPGbsNlm+nrGT7XZBvCBerLHHPnPmzPHmeugMOyn0GmzJ57OcM2Ul1NoeSv7t6/7V&#10;FWc+CFsLA1aV/EF5fr19+WLTu0ItoAVTK2QEYn3Ru5K3Ibgiy7xsVSf8DJyylGwAOxFoi4esRtET&#10;emeyRZ6/znrA2iFI5T2d3o5Jvk34TaNk+Nw0XgVmSk7cQloxrVVcs+1GFAcUrtVyoiH+gUUntKWi&#10;Z6hbEQQ7ov4DqtMSwUMTZhK6DJpGS5V6oG7m+W/d3LfCqdQLiePdWSb//2Dlp9O9+4IsDG9hoAGm&#10;Jry7A/ndMwu7VtiDukGEvlWipsLzKFnWO19MT6PUvvARpOo/Qk1DFscACWhosIuqUJ+M0GkAD2fR&#10;1RCYpMPl6g0NklKScvP1cpXnq1RDFI/PHfrwXkHHYlBypKkmeHG68yHSEcXjlVjNg9H1XhuTNnio&#10;dgbZSZAD1uvdbr+f0J9dM5b1lF8tVqMCf4UgqpHtWPUZRKcDWdnoruRX50uiiLq9s3UyWhDajDFR&#10;NnYSMmo3qhiGamC6nlSOulZQP5CyCKNz6adR0AL+5Kwn15bc/zgKVJyZD5ams54vl9HmaZOU5Qwv&#10;M9VlRlhJUCUPnI3hLoxf4+hQH1qqNPrBwg1NtNFJ6ydWE31yZhrB9Iui9S/36dbTX9/+AgAA//8D&#10;AFBLAwQUAAYACAAAACEAH37taeAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3KhTGkoU4lRQGgkkONBW4urE2yQQr6PYacPfsz3BcWZHs2+y1WQ7ccTBt44UzGcRCKTKmZZq&#10;BftdcZOA8EGT0Z0jVPCDHlb55UWmU+NO9IHHbagFl5BPtYImhD6V0lcNWu1nrkfi28ENVgeWQy3N&#10;oE9cbjt5G0VLaXVL/KHRPa4brL63o1Wwfh6f3sPipfh8+zq8dmWxqU2yUer6anp8ABFwCn9hOOMz&#10;OuTMVLqRjBcd63jOW4KCOI5BcCBZno1SweIuugeZZ/L/hPwXAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAhbnpxxsCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAH37taeAAAAAKAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" fillcolor="#9cf">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="08799FF7" w14:textId="77777777" w:rsidR="0094334D" w:rsidRPr="00451528" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00451528">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t>If</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> I am concerned, I can talk to</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="3CFA83F3" w14:textId="77777777" w:rsidR="0094334D" w:rsidRPr="00451528" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
                       <w:pPr>
                         <w:jc w:val="center"/>
@@ -6365,63 +6092,55 @@
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00451528">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> (Principal/Design</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve">ated Child Protection Teacher) </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="59046746" w14:textId="77777777" w:rsidR="0094334D" w:rsidRPr="00451528" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
-                        <w:t>or</w:t>
-[...6 lines deleted...]
-                        <w:t xml:space="preserve"> to </w:t>
+                        <w:t xml:space="preserve">or to </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="18FAC113" w14:textId="77777777" w:rsidR="0094334D" w:rsidRPr="00451528" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t>Mrs Louise Mallon</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="66CDA4CE" w14:textId="77777777" w:rsidR="0094334D" w:rsidRPr="00451528" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00451528">
                         <w:rPr>
@@ -6584,474 +6303,390 @@
                           <a:tailEnd type="triangle" w="med" len="med"/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="666BF979" id="Straight Connector 8" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="243.9pt,19.8pt" to="243.9pt,54.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcMy2v4wEAAKIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yk7dAacXpI1+3Q&#10;bQHS/QBGkm2hsihISpz8+5FKkHbbbagPAsWPJ75HenF/GJzYm5gs+kbOJlMpjFeore8a+ev58dOt&#10;FCmD1+DQm0YeTZL3y48fFmOozRx7dNpEQSA+1WNoZJ9zqKsqqd4MkCYYjKdgi3GATNfYVTrCSOiD&#10;q+bT6edqxKhDRGVSIu/DKSiXBb9tjco/2zaZLFwjqbdczljOLZ/VcgF1FyH0Vp3bgP/oYgDr6dEL&#10;1ANkELto/4EarIqYsM0ThUOFbWuVKRyIzWz6F5tND8EULiROCheZ0vvBqh/7dRRWN5IG5WGgEW1y&#10;BNv1WazQexIQo7hlncaQakpf+XVkpurgN+EJ1UsSHlc9+M6Ufp+PgUBmXFH9UcKXFOi17fgdNeXA&#10;LmMR7dDGQbTOhm9cyOAkjDiUKR0vUzKHLNTJqch7fX01vyoDrKBmBK4LMeWvBgfBRiOd9awf1LB/&#10;Spk7ek1ht8dH61zZAefF2Mi7m/lNKUjorOYgp6XYbVcuij3wFpWv0KPI27SIO68LWG9AfznbGawj&#10;W+SiS46WlHJG8muD0VI4Qz8OW6f2nD/rxlKdRN+iPq4jh1lCWoTC47y0vGlv7yXr9dda/gYAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFb61HjgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9I&#10;vENkJG4sHZRtLU0nhEDihMY2IXHLmtCWNU5JvLXw9BhxgKPtT7+/v1iOrhNHG2LrUcF0koCwWHnT&#10;Yq1gu3m4WICIpNHozqNV8GkjLMvTk0Lnxg/4bI9rqgWHYMy1goaoz6WMVWOdjhPfW+Tbmw9OE4+h&#10;libogcNdJy+TZCadbpE/NLq3d42t9uuDU5Bthmu/CvuXdNp+vH7dv1P/+ERKnZ+NtzcgyI70B8OP&#10;PqtDyU47f0ATRacgXcxZnRRcZTMQDPwudkwmWQqyLOT/CuU3AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhABwzLa/jAQAAogMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAFb61HjgAAAACgEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;">
+              <v:line w14:anchorId="3DDD7384" id="Straight Connector 8" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="243.9pt,19.8pt" to="243.9pt,54.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBOQ93mxwEAAHMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU81uGyEQvlfqOyDu9dpOUjUrr3NwmvaQ&#10;tpaSPMCYn11UYBBg7/rty2DLidpbFQ5ofj9mvhlWd5Oz7KBiMug7vpjNOVNeoDS+7/jL88OnL5yl&#10;DF6CRa86flSJ360/fliNoVVLHNBKFVkB8akdQ8eHnEPbNEkMykGaYVC+ODVGB7mosW9khLGgO9ss&#10;5/PPzYhRhohCpVSs9ycnX1d8rZXIv7ROKjPb8VJbrnes947uZr2Cto8QBiPOZcB/VOHA+PLoBeoe&#10;MrB9NP9AOSMiJtR5JtA1qLURqvZQulnM/+rmaYCgai+FnBQuNKX3gxU/Dxu/jVS6mPxTeETxOzGP&#10;mwF8r2oBz8dQBrcgqpoxpPaSQkoK28h24w+UJQb2GSsLk46OaWvCd0ok8NIpmyrtxwvtaspMnIyi&#10;WK+vr5ZXdSINtIRAeSGm/E2hYyR03BpPhEALh8eUqaLXEDJ7fDDW1qFaz8aO394sb2pCQmskOSks&#10;xX63sZEdgNaintpe8bwNi7j3soINCuTXs5zB2CKzXHnJ0RSmrOL0mlOSM6vKTyDpVJ71Z96IKtrL&#10;1O5QHreR3KSVydY+zltIq/NWr1Gvf2X9BwAA//8DAFBLAwQUAAYACAAAACEAVvrUeOAAAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwdlG0tTSeEQOKExjYhccua0JY1Tkm8&#10;tfD0GHGAo+1Pv7+/WI6uE0cbYutRwXSSgLBYedNirWC7ebhYgIik0ejOo1XwaSMsy9OTQufGD/hs&#10;j2uqBYdgzLWChqjPpYxVY52OE99b5NubD04Tj6GWJuiBw10nL5NkJp1ukT80urd3ja3264NTkG2G&#10;a78K+5d02n68ft2/U//4REqdn423NyDIjvQHw48+q0PJTjt/QBNFpyBdzFmdFFxlMxAM/C52TCZZ&#10;CrIs5P8K5TcAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATkPd5scBAABzAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAVvrUeOAAAAAKAQAADwAA&#10;AAAAAAAAAAAAAAAhBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;">
                 <v:stroke endarrow="block"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B10F194" w14:textId="0586778D" w:rsidR="00C31C87" w:rsidRPr="00C31C87" w:rsidRDefault="00C31C87" w:rsidP="00C31C87">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5410A550" w14:textId="089D641E" w:rsidR="00C31C87" w:rsidRPr="00C31C87" w:rsidRDefault="00DF6BCC" w:rsidP="00C31C87">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C31C87">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E3BB61F" wp14:editId="77E03FA3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E3BB61F" wp14:editId="3037CA17">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1164590</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>120650</wp:posOffset>
+                  <wp:posOffset>120333</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="4114800" cy="1371600"/>
-                <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
+                <wp:extent cx="4114800" cy="604837"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="24130"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name="Text Box 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="4114800" cy="1371600"/>
+                          <a:ext cx="4114800" cy="604837"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="99CCFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2DAE4C62" w14:textId="77777777" w:rsidR="0094334D" w:rsidRPr="00451528" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
+                          <w:p w14:paraId="2DAE4C62" w14:textId="707B6344" w:rsidR="0094334D" w:rsidRPr="00451528" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00451528">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                               <w:t xml:space="preserve">If I am still concerned, </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                               <w:t>I can talk/write to the Chair-person</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00451528">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> of the Board of Governors, </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">Mr P Mitchell </w:t>
+                              <w:t>Mr</w:t>
+                            </w:r>
+                            <w:r w:rsidR="005076FA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              </w:rPr>
+                              <w:t>s Elizabeth Graham</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="12B50E84" w14:textId="77777777" w:rsidR="0094334D" w:rsidRPr="00451528" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
+                          <w:p w14:paraId="16D7CD0E" w14:textId="40EC6678" w:rsidR="0094334D" w:rsidRPr="00451528" w:rsidRDefault="0094334D" w:rsidP="00CE751E">
                             <w:pPr>
-                              <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00451528">
-[...38 lines deleted...]
-                            </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7E3BB61F" id="Text Box 7" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:91.7pt;margin-top:9.5pt;width:324pt;height:108pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAeiQabLgIAAFgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjjOkqYx4hRdugwD&#10;ugvQ7gNkWbaFSaImKbGzrx8lp2l2exnmB4EUqUPykPT6ZtCKHITzEkxJ88mUEmE41NK0Jf3yuHt1&#10;TYkPzNRMgRElPQpPbzYvX6x7W4gZdKBq4QiCGF/0tqRdCLbIMs87oZmfgBUGjQ04zQKqrs1qx3pE&#10;1yqbTadXWQ+utg648B5v70Yj3ST8phE8fGoaLwJRJcXcQjpdOqt4Zps1K1rHbCf5KQ32D1loJg0G&#10;PUPdscDI3snfoLTkDjw0YcJBZ9A0kotUA1aTT3+p5qFjVqRakBxvzzT5/wfLPx4+OyLrki4pMUxj&#10;ix7FEMgbGMgystNbX6DTg0W3MOA1djlV6u098K+eGNh2zLTi1jnoO8FqzC6PL7OLpyOOjyBV/wFq&#10;DMP2ARLQ0DgdqUMyCKJjl47nzsRUOF7O83x+PUUTR1v+eplfoRJjsOLpuXU+vBOgSRRK6rD1CZ4d&#10;7n0YXZ9cYjQPStY7qVRSXFttlSMHhmOyWm23u90J/Sc3ZUiP9sVsMTLwV4hp+v4EoWXAeVdSlxTr&#10;wS86sSLy9tbUSQ5MqlHG6pQ5ERm5G1kMQzWkjs3i20hyBfURmXUwjjeuIwoduO+U9DjaJfXf9swJ&#10;StR7g91Z5fN53IWkzBfLGSru0lJdWpjhCFXSQMkobsO4P3vrZNthpHEeDNxiRxuZuH7O6pQ+jm/q&#10;1mnV4n5c6snr+Yew+QEAAP//AwBQSwMEFAAGAAgAAAAhAHewSR3gAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj0FPwzAMhe9I/IfISNxYuhVQKU0nGKsEEhwYSFzTxmsLiVM16Vb+PeYENz/76fl7&#10;xXp2VhxwDL0nBctFAgKp8aanVsH7W3WRgQhRk9HWEyr4xgDr8vSk0LnxR3rFwy62gkMo5FpBF+OQ&#10;SxmaDp0OCz8g8W3vR6cjy7GVZtRHDndWrpLkWjrdE3/o9ICbDpuv3eQUbB6m+5eYPlYfz5/7J1tX&#10;29ZkW6XOz+a7WxAR5/hnhl98RoeSmWo/kQnCss7SS7bycMOd2JClS17UClbpVQKyLOT/CuUPAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB6JBpsuAgAAWAQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHewSR3gAAAACgEAAA8AAAAAAAAAAAAAAAAA&#10;iAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;" fillcolor="#9cf">
+              <v:shape w14:anchorId="7E3BB61F" id="Text Box 7" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:91.7pt;margin-top:9.5pt;width:324pt;height:47.6pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBaDRorHgIAADIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJnDYx4hRdugwD&#10;ugvQ7QNkWbaFyaImKbGzry8lu2l2exmmB4EUqUPykNzcDJ0iR2GdBF3Q+SylRGgOldRNQb9+2b9a&#10;UeI80xVToEVBT8LRm+3LF5ve5GIBLahKWIIg2uW9KWjrvcmTxPFWdMzNwAiNxhpsxzyqtkkqy3pE&#10;71SySNOrpAdbGQtcOIevd6ORbiN+XQvuP9W1E56ogmJuPt423mW4k+2G5Y1lppV8SoP9QxYdkxqD&#10;nqHumGfkYOVvUJ3kFhzUfsahS6CuJRexBqxmnv5SzUPLjIi1IDnOnGly/w+Wfzw+mM+W+OENDNjA&#10;WIQz98C/OaJh1zLdiFtroW8FqzDwPFCW9Mbl09dAtctdACn7D1Bhk9nBQwQaatsFVrBOgujYgNOZ&#10;dDF4wvExm8+zVYomjrarNFu9vo4hWP7021jn3wnoSBAKarGpEZ0d750P2bD8ySUEc6BktZdKRcU2&#10;5U5ZcmQ4AOv1brffT+g/uSlNerQvF8uRgL9CpPH8CaKTHidZya6gWA6e4MTyQNtbXUXZM6lGGVNW&#10;euIxUDeS6IdyILIq6CL8DbSWUJ2QWAvj4OKiodCC/UFJj0NbUPf9wKygRL3X2Jz1PMvClEclW14v&#10;ULGXlvLSwjRHqIJ6SkZx58fNOBgrmxYjjeOg4RYbWsvI9XNWU/o4mLEF0xKFyb/Uo9fzqm8fAQAA&#10;//8DAFBLAwQUAAYACAAAACEA/SEm0d4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbExPTU+DQBC9&#10;m/gfNmPizS6UxiCyNFpLookerE16XdgpoOwsYZcW/73jSW/zPvLmvXw9216ccPSdIwXxIgKBVDvT&#10;UaNg/1HepCB80GR07wgVfKOHdXF5kevMuDO942kXGsEh5DOtoA1hyKT0dYtW+4UbkFg7utHqwHBs&#10;pBn1mcNtL5dRdCut7og/tHrATYv1126yCjZP0+NbSJ7Lw+vn8aWvym1j0q1S11fzwz2IgHP4M8Nv&#10;fa4OBXeq3ETGi55xmqzYyscdb2JDmsRMVEzEqyXIIpf/JxQ/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAFoNGiseAgAAMgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAP0hJtHeAAAACgEAAA8AAAAAAAAAAAAAAAAAeAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" fillcolor="#9cf">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="2DAE4C62" w14:textId="77777777" w:rsidR="0094334D" w:rsidRPr="00451528" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
+                    <w:p w14:paraId="2DAE4C62" w14:textId="707B6344" w:rsidR="0094334D" w:rsidRPr="00451528" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00451528">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve">If I am still concerned, </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
-                        <w:t>I can talk/write to the Chair-person</w:t>
+                        <w:t xml:space="preserve">I can talk/write to the </w:t>
                       </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        </w:rPr>
+                        <w:t>Chair-person</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="00451528">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> of the Board of Governors, </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Mr P Mitchell </w:t>
+                        <w:t>Mr</w:t>
+                      </w:r>
+                      <w:r w:rsidR="005076FA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        </w:rPr>
+                        <w:t>s Elizabeth Graham</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="12B50E84" w14:textId="77777777" w:rsidR="0094334D" w:rsidRPr="00451528" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
+                    <w:p w14:paraId="16D7CD0E" w14:textId="40EC6678" w:rsidR="0094334D" w:rsidRPr="00451528" w:rsidRDefault="0094334D" w:rsidP="00CE751E">
                       <w:pPr>
-                        <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00451528">
-[...52 lines deleted...]
-                      </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DA2D34B" w14:textId="77777777" w:rsidR="00C31C87" w:rsidRPr="00C31C87" w:rsidRDefault="00C31C87" w:rsidP="00C31C87">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A90A6F0" w14:textId="77777777" w:rsidR="00C31C87" w:rsidRPr="00C31C87" w:rsidRDefault="00C31C87" w:rsidP="00C31C87">
-[...22 lines deleted...]
-    <w:p w14:paraId="58875360" w14:textId="28422BED" w:rsidR="00C31C87" w:rsidRPr="00C31C87" w:rsidRDefault="00DF6BCC" w:rsidP="00C31C87">
+    <w:p w14:paraId="0A90A6F0" w14:textId="3C242D33" w:rsidR="00C31C87" w:rsidRPr="00C31C87" w:rsidRDefault="00CE751E" w:rsidP="00C31C87">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C31C87">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53C6BCB8" wp14:editId="32234FBE">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53C6BCB8" wp14:editId="5B506D03">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>3200400</wp:posOffset>
+                  <wp:posOffset>3116897</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>43180</wp:posOffset>
+                  <wp:posOffset>127317</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="0" cy="416560"/>
-                <wp:effectExtent l="57150" t="9525" r="57150" b="21590"/>
+                <wp:extent cx="14287" cy="735648"/>
+                <wp:effectExtent l="38100" t="0" r="62230" b="64770"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="Straight Connector 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="0" cy="416560"/>
+                          <a:ext cx="14287" cy="735648"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd type="triangle" w="med" len="med"/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="46AE181F" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="252pt,3.4pt" to="252pt,36.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCqDWdz3AEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc67Wt2mpXXufgNL2k&#10;rSWnP2AM7C4Ky6ABe+1/3wE7btreqnBAw3w85r2B1d1pcOJoKFr0jZxNplIYr1Bb3zXy59PDh09S&#10;xAReg0NvGnk2Ud6t379bjaE2c+zRaUOCQXysx9DIPqVQV1VUvRkgTjAYz8EWaYDER+oqTTAy+uCq&#10;+XS6rEYkHQiViZG995egXBf8tjUq/WjbaJJwjeTeUtmp7Pu8V+sV1B1B6K26tgH/0cUA1vOlN6h7&#10;SCAOZP+BGqwijNimicKhwra1yhQOzGY2/YvNrodgChcWJ4abTPHtYNX345aE1Y1cSuFh4BHtEoHt&#10;+iQ26D0LiCSWWacxxJrTN35Lmak6+V14RPUchcdND74zpd+nc2CQWa6o/ijJhxj4tv34DTXnwCFh&#10;Ee3U0pAhWQ5xKrM532ZjTkmoi1Ox9+NsuViWsVVQv9QFiumrwUFko5HO+qwa1HB8jCn3AfVLSnZ7&#10;fLDOlck7L8ZGfl7MF6UgorM6B3NapG6/cSSOkN9OWYUUR16nER68LmC9Af3laiewjm2RihqJLOvj&#10;jMy3DUZL4Qx/l2xd2nP+qlYW6CL1HvV5SzmchePxFx7Xp5rf1+tzyfr9oda/AAAA//8DAFBLAwQU&#10;AAYACAAAACEAXmwSN94AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm920&#10;1BpiJkWEemlV2orobZsdk2B2NmQ3bfz3jnjQ4+MNb74vX46uVUfqQ+MZYTpJQBGX3jZcIbzsV1cp&#10;qBANW9N6JoQvCrAszs9yk1l/4i0dd7FSMsIhMwh1jF2mdShrciZMfEcs3YfvnYkS+0rb3pxk3LV6&#10;liQL7UzD8qE2Hd3XVH7uBoew3azW6et6GMv+/WH6tH/ePL6FFPHyYry7BRVpjH/H8IMv6FAI08EP&#10;bINqEa6TubhEhIUYSP+bDwg3sznoItf/BYpvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AKoNZ3PcAQAAmAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAF5sEjfeAAAACAEAAA8AAAAAAAAAAAAAAAAANgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;">
+              <v:line w14:anchorId="18ABE384" id="Straight Connector 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="245.4pt,10pt" to="246.5pt,67.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxssmVxwEAAG0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc67XdOHFWXufgNL2k&#10;raWkP2AM7C4qMIjB3vW/L5CN+3WLygHNMMObN49hczdaw04qkEbX8MVszplyAqV2XcO/Pz98WHNG&#10;EZwEg041/KyI323fv9sMvlZL7NFIFVgCcVQPvuF9jL6uKhK9skAz9MqlYIvBQkxu6CoZYEjo1lTL&#10;+fy6GjBIH1AoonR6/xLk24LftkrEb21LKjLT8MQtlj2U/ZD3aruBugvgey0mGvAGFha0S0UvUPcQ&#10;gR2D/gfKahGQsI0zgbbCttVClR5SN4v5X9089eBV6SWJQ/4iE/0/WPH1tHP7kKmL0T35RxQ/iDnc&#10;9eA6VQg8n316uEWWqho81Zcr2SG/D+wwfEGZcuAYsagwtsFmyNQfG4vY54vYaoxMpMPF1XJ9w5lI&#10;kZuPq+urdSkA9etdHyh+VmhZNhputMtSQA2nR4qZC9SvKfnY4YM2pjyncWxo+O1quSoXCI2WOZjT&#10;KHSHnQnsBHkgyprq/pEW8OhkAesVyE+THUGbZLNYFIlBJ42M4rmaVZIzo9IfyNYLPeMmxbJIeSKp&#10;PqA870MOZy+9aeljmr88NL/7JevXL9n+BAAA//8DAFBLAwQUAAYACAAAACEA6gkZweEAAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbiwdG6gtTSeENC4boG0IbbesMW1F41RJ&#10;upW3x5zgZsuf/v9zsRhtJ07oQ+tIwXSSgECqnGmpVvC+W96kIELUZHTnCBV8Y4BFeXlR6Ny4M23w&#10;tI214BAKuVbQxNjnUoaqQavDxPVIfPt03urIq6+l8frM4baTt0lyL61uiRsa3eNTg9XXdrAKNuvl&#10;Kv1YDWPlD8/T193b+mUfUqWur8bHBxARx/gHw68+q0PJTkc3kAmiUzDPElaPCrgGBAPzbMbDkcnZ&#10;XQayLOT/F8ofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALGyyZXHAQAAbQMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOoJGcHhAAAACgEAAA8A&#10;AAAAAAAAAAAAAAAAIQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;">
                 <v:stroke endarrow="block"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A9663A3" w14:textId="6308079D" w:rsidR="00C31C87" w:rsidRPr="00C31C87" w:rsidRDefault="00DF6BCC" w:rsidP="00C31C87">
+    <w:p w14:paraId="6A60EBA0" w14:textId="03D5286F" w:rsidR="00C31C87" w:rsidRPr="00C31C87" w:rsidRDefault="00C31C87" w:rsidP="00C31C87">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="233C39EF" w14:textId="470ED634" w:rsidR="00C31C87" w:rsidRPr="00C31C87" w:rsidRDefault="00C31C87" w:rsidP="00C31C87">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58875360" w14:textId="78124B6D" w:rsidR="00C31C87" w:rsidRPr="00C31C87" w:rsidRDefault="00CE751E" w:rsidP="00C31C87">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C31C87">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A42C99F" wp14:editId="5A2BC6A6">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A42C99F" wp14:editId="70E49FD0">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-24130</wp:posOffset>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>172720</wp:posOffset>
+                  <wp:posOffset>16828</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6286500" cy="1670050"/>
-                <wp:effectExtent l="13970" t="6985" r="5080" b="8890"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="25400"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Text Box 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6286500" cy="1670050"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="99CCFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
@@ -7081,82 +6716,82 @@
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00451528">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                               <w:t>time, I can write or talk to a Social Worker on</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5020A152" w14:textId="77777777" w:rsidR="0094334D" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                               <w:t>Gateway Team Tel: 08007837745 (Free Phone from Landline)</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0ED9B0E4" w14:textId="77777777" w:rsidR="0094334D" w:rsidRPr="00B65C25" w:rsidRDefault="00000000" w:rsidP="00C31C87">
+                          <w:p w14:paraId="0ED9B0E4" w14:textId="77777777" w:rsidR="0094334D" w:rsidRPr="00B65C25" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:hyperlink r:id="rId24" w:history="1">
-                              <w:r w:rsidR="0094334D" w:rsidRPr="00B65C25">
+                            <w:hyperlink r:id="rId22" w:history="1">
+                              <w:r w:rsidRPr="00B65C25">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Tel: </w:t>
                               </w:r>
-                              <w:r w:rsidR="0094334D" w:rsidRPr="00DF6BCC">
+                              <w:r w:rsidRPr="00DF6BCC">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:color w:val="002060"/>
                                   <w:u w:val="none"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> 028</w:t>
                               </w:r>
                             </w:hyperlink>
-                            <w:r w:rsidR="0094334D" w:rsidRPr="00B65C25">
+                            <w:r w:rsidRPr="00B65C25">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> 374 15285</w:t>
                             </w:r>
-                            <w:r w:rsidR="0094334D">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> (Southern Region)</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5063D619" w14:textId="77777777" w:rsidR="0094334D" w:rsidRPr="00451528" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                               <w:t>or the Police Tel: 101 (Ext 30299)</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="21194A8F" w14:textId="77777777" w:rsidR="0094334D" w:rsidRPr="00451528" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7178,186 +6813,187 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                               <w:t>49999)</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0A42C99F" id="Text Box 5" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-1.9pt;margin-top:13.6pt;width:495pt;height:131.5pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzSaySMAIAAFgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06Sl6bZR09XSpQhp&#10;uUi7fIDjOImF4zG226R8/Y6dtlQLvCDyYHk84+OZc2ayvh06RQ7COgm6oNNJSonQHCqpm4J+e9q9&#10;WVLiPNMVU6BFQY/C0dvN61fr3uRiBi2oSliCINrlvSlo673Jk8TxVnTMTcAIjc4abMc8mrZJKst6&#10;RO9UMkvTRdKDrYwFLpzD0/vRSTcRv64F91/q2glPVEExNx9XG9cyrMlmzfLGMtNKfkqD/UMWHZMa&#10;H71A3TPPyN7K36A6yS04qP2EQ5dAXUsuYg1YzTR9Uc1jy4yItSA5zlxocv8Pln8+fLVEVgXNKNGs&#10;Q4mexODJOxhIFtjpjcsx6NFgmB/wGFWOlTrzAPy7Ixq2LdONuLMW+lawCrObhpvJ1dURxwWQsv8E&#10;FT7D9h4i0FDbLlCHZBBER5WOF2VCKhwPF7PlIkvRxdE3XdykaRa1S1h+vm6s8x8EdCRsCmpR+gjP&#10;Dg/Oh3RYfg4JrzlQstpJpaJhm3KrLDkwbJPVarvd7WIFL8KUJj36s1k2MvBXiDR+f4LopMd+V7Ir&#10;6PISxPLA23tdxW70TKpxjykrfSIycDey6IdyiIq9PetTQnVEZi2M7Y3jiJsW7E9Kemztgrofe2YF&#10;JeqjRnVW0/k8zEI05tnNDA177SmvPUxzhCqop2Tcbv04P3tjZdPiS2M/aLhDRWsZuQ7Sj1md0sf2&#10;jRKcRi3Mx7Udo379EDbPAAAA//8DAFBLAwQUAAYACAAAACEAr3mvEeAAAAAJAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3LaUThpdaTrBWCWQxoExade08dpC41RNupV/jznBzc/P&#10;eu9ztp5sJ844+NaRgrt5BAKpcqalWsHho5glIHzQZHTnCBV8o4d1fn2V6dS4C73jeR9qwSHkU62g&#10;CaFPpfRVg1b7ueuR2Du5werAcqilGfSFw20n4yhaSqtb4oZG97hpsPraj1bB5nl8eguLl+K4+zy9&#10;dmWxrU2yVer2Znp8ABFwCn/H8IvP6JAzU+lGMl50CmYLJg8K4vsYBPurZMlDyYtVFIPMM/n/g/wH&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAM0mskjACAABYBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAr3mvEeAAAAAJAQAADwAAAAAAAAAAAAAA&#10;AACKBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" fillcolor="#9cf">
+              <v:shape w14:anchorId="0A42C99F" id="Text Box 5" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:1.35pt;width:495pt;height:131.5pt;z-index:251655680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDuDX7mHgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJkjQx4hRdugwD&#10;ugvQ7QMUWY6FyaJGKbG7ry8lp2nQbS/D/CCIJnVIHh6urvvWsKNCr8GWfDzKOVNWQqXtvuTfv23f&#10;LDjzQdhKGLCq5A/K8+v161erzhVqAg2YSiEjEOuLzpW8CcEVWeZlo1rhR+CUJWcN2IpAJu6zCkVH&#10;6K3JJnk+zzrAyiFI5T39vR2cfJ3w61rJ8KWuvQrMlJxqC+nEdO7ima1XotijcI2WpzLEP1TRCm0p&#10;6RnqVgTBDqh/g2q1RPBQh5GENoO61lKlHqibcf6im/tGOJV6IXK8O9Pk/x+s/Hy8d1+Rhf4d9DTA&#10;1IR3dyB/eGZh0wi7VzeI0DVKVJR4HCnLOueL09NItS98BNl1n6CiIYtDgATU19hGVqhPRug0gIcz&#10;6aoPTNLP+WQxn+XkkuQbz6/yfJbGkoni6blDHz4oaFm8lBxpqgleHO98iOWI4ikkZvNgdLXVxiQD&#10;97uNQXYUpIDlcrPZblMHL8KMZR35Z5PZwMBfIfL0/Qmi1YGkbHRb8sU5SBSRt/e2SkILQpvhTiUb&#10;eyIycjewGPpdz3RV8rcxQeR1B9UDMYswKJc2jS4N4C/OOlJtyf3Pg0DFmfloaTrL8XQaZZ6M6exq&#10;QgZeenaXHmElQZU8cDZcN2FYjYNDvW8o06AHCzc00Vonrp+rOpVPykwjOG1RlP6lnaKed339CAAA&#10;//8DAFBLAwQUAAYACAAAACEAZl/9zd0AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF&#10;90j8gzVI7KhDEX2EOBWURqISLNoisXXiaRKwx1HstOHvGVawPLqje89kq9FZccI+tJ4U3E4SEEiV&#10;Ny3VCt4Pxc0CRIiajLaeUME3BljllxeZTo0/0w5P+1gLLqGQagVNjF0qZagadDpMfIfE2dH3TkfG&#10;vpam12cud1ZOk2QmnW6JFxrd4brB6ms/OAXr5+HpLd69FB+vn8etLYtNbRYbpa6vxscHEBHH+HcM&#10;v/qsDjk7lX4gE4RVwI9EBdM5CA6Xy4S5ZJ7dz0Hmmfyvn/8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA7g1+5h4CAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAZl/9zd0AAAAGAQAADwAAAAAAAAAAAAAAAAB4BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" fillcolor="#9cf">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="5AA6E80A" w14:textId="77777777" w:rsidR="0094334D" w:rsidRPr="00451528" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00451528">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t>At any</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00451528">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t>time, I can write or talk to a Social Worker on</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5020A152" w14:textId="77777777" w:rsidR="0094334D" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t>Gateway Team Tel: 08007837745 (Free Phone from Landline)</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="0ED9B0E4" w14:textId="77777777" w:rsidR="0094334D" w:rsidRPr="00B65C25" w:rsidRDefault="003C12DA" w:rsidP="00C31C87">
+                    <w:p w14:paraId="0ED9B0E4" w14:textId="77777777" w:rsidR="0094334D" w:rsidRPr="00B65C25" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:hyperlink r:id="rId26" w:history="1">
-                        <w:r w:rsidR="0094334D" w:rsidRPr="00B65C25">
+                      <w:hyperlink r:id="rId23" w:history="1">
+                        <w:r w:rsidRPr="00B65C25">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Tel: </w:t>
                         </w:r>
-                        <w:r w:rsidR="0094334D" w:rsidRPr="00DF6BCC">
+                        <w:r w:rsidRPr="00DF6BCC">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:color w:val="002060"/>
                             <w:u w:val="none"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> 028</w:t>
                         </w:r>
                       </w:hyperlink>
-                      <w:r w:rsidR="0094334D" w:rsidRPr="00B65C25">
+                      <w:r w:rsidRPr="00B65C25">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> 374 15285</w:t>
                       </w:r>
-                      <w:r w:rsidR="0094334D">
+                      <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> (Southern Region)</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5063D619" w14:textId="77777777" w:rsidR="0094334D" w:rsidRPr="00451528" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
-                        <w:t>or</w:t>
-[...6 lines deleted...]
-                        <w:t xml:space="preserve"> the Police Tel: 101 (Ext 30299)</w:t>
+                        <w:t>or the Police Tel: 101 (Ext 30299)</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="21194A8F" w14:textId="77777777" w:rsidR="0094334D" w:rsidRPr="00451528" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00451528">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t>Out of Hours duty social worker (028 950</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00451528">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t>49999)</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
+                <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="5A9663A3" w14:textId="2DECFF7E" w:rsidR="00C31C87" w:rsidRPr="00C31C87" w:rsidRDefault="00C31C87" w:rsidP="00C31C87">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="56795548" w14:textId="0FF78389" w:rsidR="00C31C87" w:rsidRPr="00C31C87" w:rsidRDefault="00C31C87" w:rsidP="00C31C87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07C988AC" w14:textId="50AEF55E" w:rsidR="00C31C87" w:rsidRPr="00C31C87" w:rsidRDefault="00C31C87" w:rsidP="00C31C87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="598CD5F8" w14:textId="77777777" w:rsidR="00C31C87" w:rsidRPr="00C31C87" w:rsidRDefault="00C31C87" w:rsidP="00C31C87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -7481,51 +7117,51 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               </w:rPr>
                               <w:t>Ombudsman on 0800 343 424</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3F3D8605" id="Text Box 4" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:84.75pt;margin-top:14.4pt;width:324pt;height:64.7pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC15IBALQIAAFcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv0zAQfkfiP1h+p0mqdKxR02l0FCGN&#10;gbTxAxzHSSwcn7HdJuXXc3ayUg14QeTB8vnOn+++7y6bm7FX5Cisk6BLmi1SSoTmUEvdlvTr0/7N&#10;NSXOM10zBVqU9CQcvdm+frUZTCGW0IGqhSUIol0xmJJ23psiSRzvRM/cAozQ6GzA9syjaduktmxA&#10;9F4lyzS9SgawtbHAhXN4ejc56TbiN43g/nPTOOGJKinm5uNq41qFNdluWNFaZjrJ5zTYP2TRM6nx&#10;0TPUHfOMHKz8DaqX3IKDxi849Ak0jeQi1oDVZOmLah47ZkSsBclx5kyT+3+w/OH4xRJZlzSnRLMe&#10;JXoSoyfvYCR5YGcwrsCgR4NhfsRjVDlW6sw98G+OaNh1TLfi1loYOsFqzC4LN5OLqxOOCyDV8Alq&#10;fIYdPESgsbF9oA7JIIiOKp3OyoRUOB7mWZZfp+ji6LteZlfrKF3Ciufbxjr/QUBPwqakFpWP6Ox4&#10;73zIhhXPIeExB0rWe6lUNGxb7ZQlR4Zdsl7vdvt9LOBFmNJkQP9quZoI+CtEGr8/QfTSY7sr2WMV&#10;5yBWBNre6zo2o2dSTXtMWemZx0DdRKIfq3EWbJangvqExFqYuhunETcd2B+UDNjZJXXfD8wKStRH&#10;jeKsszwPoxCNfPV2iYa99FSXHqY5QpXUUzJtd34an4Oxsu3wpakdNNyioI2MXAflp6zm9LF7owTz&#10;pIXxuLRj1K//wfYnAAAA//8DAFBLAwQUAAYACAAAACEAmxqvP+AAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMBBE70j8g7VI3KjToBYT4lRQGolKcGiLxNWJ3SRgr6PYacPfs5zgODuj2Tf5&#10;anKWncwQOo8S5rMEmMHa6w4bCe+H8kYAC1GhVtajkfBtAqyKy4tcZdqfcWdO+9gwKsGQKQltjH3G&#10;eahb41SY+d4geUc/OBVJDg3XgzpTubM8TZIld6pD+tCq3qxbU3/tRydh/Tw+vcXbl/Lj9fO4tVW5&#10;abTYSHl9NT0+AItmin9h+MUndCiIqfIj6sAs6eX9gqISUkETKCDmd3SoyFmIFHiR8/8Tih8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAteSAQC0CAABXBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmxqvP+AAAAAKAQAADwAAAAAAAAAAAAAAAACH&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;" fillcolor="#9cf">
+              <v:shape w14:anchorId="3F3D8605" id="Text Box 4" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:84.75pt;margin-top:14.4pt;width:324pt;height:64.7pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyH+2VGwIAADIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0mqdqxR02l0FCGN&#10;gTT4Aa7jNBaOz5zdJuXXc3a6rhrwgsiD5cudv7v77rvlzdAZdlDoNdiKF5OcM2Ul1NruKv7t6+bN&#10;NWc+CFsLA1ZV/Kg8v1m9frXsXamm0IKpFTICsb7sXcXbEFyZZV62qhN+Ak5ZcjaAnQhk4i6rUfSE&#10;3plsmudXWQ9YOwSpvKe/d6OTrxJ+0ygZPjeNV4GZilNtIZ2Yzm08s9VSlDsUrtXyVIb4hyo6oS0l&#10;PUPdiSDYHvVvUJ2WCB6aMJHQZdA0WqrUA3VT5C+6eWyFU6kXIse7M03+/8HKh8Oj+4IsDO9goAGm&#10;Jry7B/ndMwvrVtidukWEvlWipsRFpCzrnS9PTyPVvvQRZNt/gpqGLPYBEtDQYBdZoT4ZodMAjmfS&#10;1RCYpJ+zophd5+SS5LueFleLNJVMlE+vHfrwQUHH4qXiSENN6OJw70OsRpRPITGZB6PrjTYmGbjb&#10;rg2ygyABLBbr9WaTGngRZizryT+fzkcC/gqRp+9PEJ0OpGSjO+riHCTKSNt7WyedBaHNeKeSjT3x&#10;GKkbSQzDdmC6Jk5igkjrFuojEYswCpcWjS4t4E/OehJtxf2PvUDFmfloaTiLYjaLKk/GbP52SgZe&#10;eraXHmElQVU8cDZe12HcjL1DvWsp0ygHC7c00EYnrp+rOpVPwkwjOC1RVP6lnaKeV331CwAA//8D&#10;AFBLAwQUAAYACAAAACEAmxqvP+AAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3KjToBYT4lRQGolKcGiLxNWJ3SRgr6PYacPfs5zgODuj2Tf5anKWncwQOo8S5rMEmMHa6w4b&#10;Ce+H8kYAC1GhVtajkfBtAqyKy4tcZdqfcWdO+9gwKsGQKQltjH3Geahb41SY+d4geUc/OBVJDg3X&#10;gzpTubM8TZIld6pD+tCq3qxbU3/tRydh/Tw+vcXbl/Lj9fO4tVW5abTYSHl9NT0+AItmin9h+MUn&#10;dCiIqfIj6sAs6eX9gqISUkETKCDmd3SoyFmIFHiR8/8Tih8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAsh/tlRsCAAAyBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAmxqvP+AAAAAKAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" fillcolor="#9cf">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="6A97C836" w14:textId="77777777" w:rsidR="0094334D" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                         <w:t xml:space="preserve">If I am dissatisfied with the school’s response to my complaint, I can contact the Public Services </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5BE89CC0" w14:textId="77777777" w:rsidR="0094334D" w:rsidRPr="00451528" w:rsidRDefault="0094334D" w:rsidP="00C31C87">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
@@ -7587,92 +7223,71 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E2E0A2D" w14:textId="77777777" w:rsidR="00DF6BCC" w:rsidRPr="008E759D" w:rsidRDefault="00DF6BCC" w:rsidP="00DF6BCC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E759D">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>CHILDREN WITH ADDITIONAL NEEDS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D3EC82B" w14:textId="0A790DE9" w:rsidR="00DF6BCC" w:rsidRPr="007B50B6" w:rsidRDefault="00DF6BCC" w:rsidP="00BA0C0E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> As an inclusive school, children with special educational needs are admitted to the Nursery School in every possible circumstance. Whilst provision for the pupil is co-ordinated by the Special Education Needs Co-ordinator (Mrs Julianne Fleming), all members of staff are involved in providing the support to integrate the child as fully as possible within the group, giving them access to the same materials, </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> and experiences as the other children in the class. With parental permission, we also work in conjunction with outside agencies in order to provide the most effective way to make their nursery experience rich and fulfilling while meeting their needs.</w:t>
+        <w:t xml:space="preserve"> As an inclusive school, children with special educational needs are admitted to the Nursery School in every possible circumstance. Whilst provision for the pupil is co-ordinated by the Special Education Needs Co-ordinator (Mrs Julianne Fleming), all members of staff are involved in providing the support to integrate the child as fully as possible within the group, giving them access to the same materials, activities and experiences as the other children in the class. With parental permission, we also work in conjunction with outside agencies in order to provide the most effective way to make their nursery experience rich and fulfilling while meeting their needs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="248246E8" w14:textId="1D39C868" w:rsidR="00DF6BCC" w:rsidRPr="007B50B6" w:rsidRDefault="00DF6BCC" w:rsidP="00BA0C0E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Teachers will continually monitor progress and if they find that a child is experiencing difficulties they will give additional help and support as necessary. An Individual Education Plan will be drawn up, progress monitored and the plan reviewed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="746CBC19" w14:textId="18D77E34" w:rsidR="00DF6BCC" w:rsidRPr="007B50B6" w:rsidRDefault="00DF6BCC" w:rsidP="00BA0C0E">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -7764,71 +7379,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Uniform is not compulsory however it adds much to the ethos and identity of our school. It makes it easier for children to develop independence and also protects everyday clothing. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2662FDEA" w14:textId="6FD24C30" w:rsidR="00064E23" w:rsidRPr="007B50B6" w:rsidRDefault="00064E23" w:rsidP="00064E23">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Our uniform consists </w:t>
-[...19 lines deleted...]
-        <w:t>-</w:t>
+        <w:t>Our uniform consists of :-</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="067EB64A" w14:textId="1130D97E" w:rsidR="00064E23" w:rsidRPr="007B50B6" w:rsidRDefault="00064E23" w:rsidP="00064E23">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>-Navy sweatshirt with school logo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AB24E7D" w14:textId="6F618552" w:rsidR="00064E23" w:rsidRPr="007B50B6" w:rsidRDefault="00064E23" w:rsidP="00064E23">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
@@ -7873,98 +7468,69 @@
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>- Trainers/ shoes with Velcro (not laces/zips)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A2AD890" w14:textId="64B0F136" w:rsidR="00064E23" w:rsidRPr="007B50B6" w:rsidRDefault="00064E23" w:rsidP="00064E23">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AFB15B3" w14:textId="238025C0" w:rsidR="00064E23" w:rsidRPr="007B50B6" w:rsidRDefault="00064E23" w:rsidP="00064E23">
-[...46 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+    <w:p w14:paraId="1AFB15B3" w14:textId="4546D3A9" w:rsidR="00064E23" w:rsidRPr="007B50B6" w:rsidRDefault="00064E23" w:rsidP="00064E23">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Our uniform can be purchased from Kee’s in Cookstown .</w:t>
+      </w:r>
       <w:r w:rsidR="004E5EC7" w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please ensure all clothing items are </w:t>
       </w:r>
       <w:r w:rsidR="004E5EC7" w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">LABELLED </w:t>
       </w:r>
       <w:r w:rsidR="004E5EC7" w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
@@ -7996,57 +7562,57 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46B76A65" wp14:editId="598A1E77">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4765040</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>40640</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1628775" cy="1130300"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="22" name="Picture 22"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="22" name="Picture 22"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27">
+                    <a:blip r:embed="rId24">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                         <a:ext uri="{837473B0-CC2E-450A-ABE3-18F120FF3D39}">
-                          <a1611:picAttrSrcUrl xmlns:a1611="http://schemas.microsoft.com/office/drawing/2016/11/main" r:id="rId28"/>
+                          <a1611:picAttrSrcUrl xmlns:a1611="http://schemas.microsoft.com/office/drawing/2016/11/main" r:id="rId25"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1628775" cy="1130300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="2297372F" w14:textId="7DA890C5" w:rsidR="0094334D" w:rsidRDefault="0094334D" w:rsidP="00064E23">
       <w:pPr>
@@ -8098,113 +7664,77 @@
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0806D3E5" w14:textId="77777777" w:rsidR="0094334D" w:rsidRPr="007B50B6" w:rsidRDefault="0094334D" w:rsidP="00064E23">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">In Cookstown Nursery School we are committed to promoting healthy eating and feel it is imperative to maximise every opportunity to influence the children’s eating habits. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CF22E65" w14:textId="12D74305" w:rsidR="0094334D" w:rsidRPr="007B50B6" w:rsidRDefault="0094334D" w:rsidP="00064E23">
+    <w:p w14:paraId="3CF22E65" w14:textId="3B13011C" w:rsidR="0094334D" w:rsidRPr="007B50B6" w:rsidRDefault="0094334D" w:rsidP="00064E23">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Meals are freshly prepared and transported from our nearby primary school </w:t>
       </w:r>
       <w:r w:rsidR="008E759D" w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">kitchens. A healthy and nutritious meal is provided for all children as an integral part of our nursery day as it develops social skills and independence. Meals cost £12.50 per week (£2.50 per day) </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> available from EA website. </w:t>
+        <w:t xml:space="preserve">kitchens. A healthy and nutritious meal is provided for all children as an integral part of our nursery day as it develops social skills and independence. Meals cost £12.50 per week (£2.50 per day) Free meals applications are available for download from EA website. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02CA157E" w14:textId="77777777" w:rsidR="008E759D" w:rsidRPr="007B50B6" w:rsidRDefault="008E759D" w:rsidP="008E759D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="416A395C" w14:textId="689258F6" w:rsidR="008E759D" w:rsidRPr="007B50B6" w:rsidRDefault="008E759D" w:rsidP="00064E23">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
@@ -8538,102 +8068,82 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>-yoghurts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35122D52" w14:textId="02BEBB4D" w:rsidR="008E759D" w:rsidRPr="007B50B6" w:rsidRDefault="008E759D" w:rsidP="008E759D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78275AE8" w14:textId="5A6C15B4" w:rsidR="004E5EC7" w:rsidRPr="007B50B6" w:rsidRDefault="0094334D" w:rsidP="00587F02">
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> school funds (£2.50 per week). This money is used to provide daily snacks for the children to have with their milk, baking activities, parties, visiting entertainers, treats for the children and any outings we go on</w:t>
+    <w:p w14:paraId="78275AE8" w14:textId="5A6C15B4" w:rsidR="004E5EC7" w:rsidRPr="007B50B6" w:rsidRDefault="0094334D" w:rsidP="00064E23">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>As the nursery school is part of the State Education system, there is no daily charge for children to attend. However, we do ask for a weekly contribution  towards school funds (£2.50 per week). This money is used to provide daily snacks for the children to have with their milk, baking activities, parties, visiting entertainers, treats for the children and any outings we go on</w:t>
       </w:r>
       <w:r w:rsidR="008E759D" w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F8975BA" w14:textId="57764A85" w:rsidR="008E759D" w:rsidRPr="007B50B6" w:rsidRDefault="008E759D" w:rsidP="00587F02">
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="7F8975BA" w14:textId="57764A85" w:rsidR="008E759D" w:rsidRPr="007B50B6" w:rsidRDefault="008E759D" w:rsidP="00064E23">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7015A429" w14:textId="306319EB" w:rsidR="008E759D" w:rsidRPr="007B50B6" w:rsidRDefault="008E759D" w:rsidP="00064E23">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -8805,62 +8315,60 @@
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Parents should be aware that no medicines are permitted to be sent into school with the exception of life saving medication. In this case, staff will facilitate </w:t>
       </w:r>
       <w:r w:rsidR="000C218F" w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">the taking of such medicines, but only if the parent provides written permission for </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="000C218F" w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>it’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="000C218F" w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> administration and clear, detailed instructions for its administration. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E4CD3E0" w14:textId="77204110" w:rsidR="000C218F" w:rsidRPr="007B50B6" w:rsidRDefault="000C218F" w:rsidP="000C218F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
@@ -8924,57 +8432,57 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BEAFBDB" wp14:editId="08573080">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-64135</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>128270</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="733425" cy="733425"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="128" name="Picture 128"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="128" name="Picture 128"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29" cstate="print">
+                    <a:blip r:embed="rId26" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                         <a:ext uri="{837473B0-CC2E-450A-ABE3-18F120FF3D39}">
-                          <a1611:picAttrSrcUrl xmlns:a1611="http://schemas.microsoft.com/office/drawing/2016/11/main" r:id="rId30"/>
+                          <a1611:picAttrSrcUrl xmlns:a1611="http://schemas.microsoft.com/office/drawing/2016/11/main" r:id="rId27"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="733425" cy="733425"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="000C218F" w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
@@ -9050,230 +8558,163 @@
         <w:t xml:space="preserve">All permanent members of staff are trained in anaphylaxis and the use of inhalers. It is very important that we are aware of any medical issues that children have so that we can ensure their safety. Should you have any concerns about medical issues your child may have or wish to discuss them, please contact the Nursery. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78389701" w14:textId="097DF5F7" w:rsidR="000C218F" w:rsidRPr="007B50B6" w:rsidRDefault="000C218F" w:rsidP="000C218F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Nut free school </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B0C8E7E" w14:textId="6732D3E2" w:rsidR="007B50B6" w:rsidRPr="00587F02" w:rsidRDefault="000C218F" w:rsidP="000C218F">
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> we are a nut free school. </w:t>
+    <w:p w14:paraId="1B0C8E7E" w14:textId="4A43D47B" w:rsidR="007B50B6" w:rsidRPr="0073515A" w:rsidRDefault="000C218F" w:rsidP="000C218F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We want to ensure that all our staff and children are safe at nursery especially when there are known allergies therefore we are a nut free school. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CB4E1AB" w14:textId="65298945" w:rsidR="000C218F" w:rsidRPr="007B50B6" w:rsidRDefault="000C218F" w:rsidP="000C218F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Accidents </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B40ED4" w14:textId="40566168" w:rsidR="007B50B6" w:rsidRDefault="00587F02" w:rsidP="000C218F">
-[...63 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="13B40ED4" w14:textId="0D7B7628" w:rsidR="007B50B6" w:rsidRDefault="000C218F" w:rsidP="000C218F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Two of our permanent teaching staff are paediatric first aid trained. We will always inform parents about any minor accidents when children are collected and we will telephone immediately if it is a major accident.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A765347" w14:textId="3CCA587E" w:rsidR="00BE1ECE" w:rsidRDefault="0090378B" w:rsidP="000C218F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D526B8F" wp14:editId="40752B15">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4879340</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1628775" cy="839547"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="30" name="Picture 30"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="30" name="Picture 30"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId31" cstate="print">
+                    <a:blip r:embed="rId28" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                         <a:ext uri="{837473B0-CC2E-450A-ABE3-18F120FF3D39}">
-                          <a1611:picAttrSrcUrl xmlns:a1611="http://schemas.microsoft.com/office/drawing/2016/11/main" r:id="rId32"/>
+                          <a1611:picAttrSrcUrl xmlns:a1611="http://schemas.microsoft.com/office/drawing/2016/11/main" r:id="rId29"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1628775" cy="839547"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="755CA975" w14:textId="51528090" w:rsidR="00BE1ECE" w:rsidRPr="007B50B6" w:rsidRDefault="00BE1ECE" w:rsidP="00BE1ECE">
       <w:pPr>
@@ -9352,114 +8793,114 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(Pre School Curricular Guidance, DENI,2018)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C8CFEB" w14:textId="2C2069B8" w:rsidR="00BE1ECE" w:rsidRPr="007B50B6" w:rsidRDefault="00CE1E39" w:rsidP="007B50B6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">We are pleased to say that our parents have always shown great interest and support for our school in the past and we look forward to this continuing in the coming year. The education of your child is a partnership between home and school. You as parents, have been your child’s first teacher and we will strive to work closely with you with the aim of developing the full potential of the children within our care. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50CDF0FA" w14:textId="4CE39AA3" w:rsidR="00BE1ECE" w:rsidRPr="007B50B6" w:rsidRDefault="00BE1ECE" w:rsidP="000C218F">
-[...16 lines deleted...]
-        <w:t xml:space="preserve">We work in close partnership with parents/carers of all our children. Throughout the year, parents have many informal opportunities to discuss their children’s progress and two formal meetings are arranged each year. Informal opportunities to share in their children’s learning are also provided through Stay and Play sessions which enable you to come to Nursery School and join in the activities with your child. </w:t>
+    <w:p w14:paraId="50CDF0FA" w14:textId="4ABB128F" w:rsidR="00BE1ECE" w:rsidRPr="007B50B6" w:rsidRDefault="00BE1ECE" w:rsidP="000C218F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B50B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>We work in close partnership with parents/carers of all our children. Throughout the year, parents have many informal opportunities to discuss their children’s progress and two formal meetings are arranged each year. Informal opportunities to share in their children’s learning are also provided through Stay and Play sessions which enable you to come to Nursery School and join in the activities with your child. At the moment due to current restrictions, we are unsure what these will look like in the 2021-22 session but we will endeavour to try and host something similar when it is safe to do so. You will also be invited to Nursery School to share in your child’s Christmas performance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A142F55" w14:textId="3B87EB22" w:rsidR="00111D80" w:rsidRPr="007B50B6" w:rsidRDefault="0090378B" w:rsidP="000C218F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:noProof/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13E158FF" wp14:editId="51BD79AD">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13E158FF" wp14:editId="326A482C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2540</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>4445</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="914400" cy="914400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="28" name="Picture 28" descr="A picture containing text, glass&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="28" name="Picture 28" descr="A picture containing text, glass&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId33" cstate="print">
+                    <a:blip r:embed="rId30" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="914400" cy="914400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -9539,88 +8980,79 @@
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E19894B" w14:textId="276ACC2B" w:rsidR="00BE1ECE" w:rsidRPr="007B50B6" w:rsidRDefault="00BE1ECE" w:rsidP="000C218F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>There are also opportunities for parents to meet with your child’s class teacher each term. This is a welcome chance</w:t>
       </w:r>
       <w:r w:rsidR="00111D80" w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> for staff</w:t>
       </w:r>
       <w:r w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> to share </w:t>
       </w:r>
       <w:r w:rsidR="00111D80" w:rsidRPr="007B50B6">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">how your child is progressing in nursery school but it is also an opportunity for parents to share </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">with the staff if they are having any difficulties at home such as behaviour, sleep patterns etc. </w:t>
+        <w:t xml:space="preserve">how your child is progressing in nursery school but it is also an opportunity for parents to share with the staff if they are having any difficulties at home such as behaviour, sleep patterns etc. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A305EC7" w14:textId="092AF599" w:rsidR="00111D80" w:rsidRPr="007B50B6" w:rsidRDefault="00111D80" w:rsidP="000C218F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34E7C621" w14:textId="080CF97C" w:rsidR="00111D80" w:rsidRPr="007B50B6" w:rsidRDefault="00111D80" w:rsidP="00111D80">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -9673,428 +9105,329 @@
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00111D80">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>LINKS WITH THE COMMUNITY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="521485A4" w14:textId="1888A532" w:rsidR="00A9377D" w:rsidRPr="00DD3790" w:rsidRDefault="00111D80" w:rsidP="00A9377D">
+    <w:p w14:paraId="5AB20F36" w14:textId="4B2A9490" w:rsidR="00A9377D" w:rsidRPr="00DD3790" w:rsidRDefault="00111D80" w:rsidP="0073515A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD3790">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">We have developed links with our local community through visits to the police station, fire station, the local library or by having visits from nurses, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>We have developed links with our local community through visits to the police station, fire station, the local library or by having visits from nurses, hairdressers and the dentist to name but a few.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9377D" w:rsidRPr="00DD3790">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> We have strong links with the various support agencies available within the community such as health visitors, The Hub and</w:t>
+      </w:r>
+      <w:r w:rsidR="0073515A">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> we</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9377D" w:rsidRPr="00DD3790">
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will endeavour to sign post those parents who require it to avail of such services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37B78726" w14:textId="181F03DF" w:rsidR="00DF7930" w:rsidRPr="00DD3790" w:rsidRDefault="00111D80" w:rsidP="00A9377D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DD3790">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>hairdressers</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>In addition to this we take the children on local walks and outings in order to extend the work being carried out in the classroom.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5941982D" w14:textId="4477DBE0" w:rsidR="00CE1E39" w:rsidRPr="00DD3790" w:rsidRDefault="00CE1E39" w:rsidP="001B3AF5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C1BCDDA" w14:textId="7C04FD36" w:rsidR="00CE1E39" w:rsidRPr="00DD3790" w:rsidRDefault="00CE1E39" w:rsidP="00CE1E39">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DD3790">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and the dentist to name but a few.</w:t>
-[...65 lines deleted...]
-          <w:color w:val="002060"/>
+        <w:t xml:space="preserve">The information in this booklet shows life in Cookstown Nursery School and is correct at time of publishing. However it cannot be assumed that changes will not occur in school organisation during the course of the school year or in subsequent years. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E1F234" w14:textId="02199B82" w:rsidR="00A9377D" w:rsidRPr="00DD3790" w:rsidRDefault="00A9377D" w:rsidP="00A9377D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD3790">
         <w:rPr>
           <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
-          <w:color w:val="002060"/>
-[...87 lines deleted...]
-          <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>We hope you found this prospectus informative. Please get in touch via telephone or email if you have any questions. Hopefully we will meet you and your child in the near future. Take care and best wishes.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A9377D" w:rsidRPr="00DD3790" w:rsidSect="0058070E">
-      <w:footerReference w:type="default" r:id="rId34"/>
+      <w:footerReference w:type="default" r:id="rId31"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1440" w:bottom="993" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="double" w:sz="18" w:space="24" w:color="44546A" w:themeColor="text2"/>
         <w:left w:val="double" w:sz="18" w:space="24" w:color="44546A" w:themeColor="text2"/>
         <w:bottom w:val="double" w:sz="18" w:space="24" w:color="44546A" w:themeColor="text2"/>
         <w:right w:val="double" w:sz="18" w:space="24" w:color="44546A" w:themeColor="text2"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4AFA9B2B" w14:textId="77777777" w:rsidR="00D15203" w:rsidRDefault="00D15203" w:rsidP="00355E26">
+    <w:p w14:paraId="578621B5" w14:textId="77777777" w:rsidR="003C12DA" w:rsidRDefault="003C12DA" w:rsidP="00355E26">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="563BF520" w14:textId="77777777" w:rsidR="00D15203" w:rsidRDefault="00D15203" w:rsidP="00355E26">
+    <w:p w14:paraId="44C1FD19" w14:textId="77777777" w:rsidR="003C12DA" w:rsidRDefault="003C12DA" w:rsidP="00355E26">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Maiandra GD">
     <w:panose1 w:val="020E0502030308020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D387AFE" w14:textId="6215A722" w:rsidR="0094334D" w:rsidRPr="00967C61" w:rsidRDefault="0094334D" w:rsidP="00967C61">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
         <w:color w:val="002060"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00967C61">
       <w:rPr>
         <w:rFonts w:ascii="Maiandra GD" w:hAnsi="Maiandra GD"/>
         <w:color w:val="002060"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Big oaks from little acorns grow.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00C2A0F9" w14:textId="77777777" w:rsidR="00D15203" w:rsidRDefault="00D15203" w:rsidP="00355E26">
+    <w:p w14:paraId="6018689B" w14:textId="77777777" w:rsidR="003C12DA" w:rsidRDefault="003C12DA" w:rsidP="00355E26">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11477ECE" w14:textId="77777777" w:rsidR="00D15203" w:rsidRDefault="00D15203" w:rsidP="00355E26">
+    <w:p w14:paraId="6461D518" w14:textId="77777777" w:rsidR="003C12DA" w:rsidRDefault="003C12DA" w:rsidP="00355E26">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="225D7895"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6E5AEBE8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10253,173 +9586,189 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="64839066">
+  <w:num w:numId="1" w16cid:durableId="1817067522">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1262835013">
+  <w:num w:numId="2" w16cid:durableId="1961256115">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00355E26"/>
     <w:rsid w:val="00000EB6"/>
+    <w:rsid w:val="000464E6"/>
     <w:rsid w:val="00064E23"/>
+    <w:rsid w:val="00073CC0"/>
     <w:rsid w:val="00085307"/>
     <w:rsid w:val="000C218F"/>
     <w:rsid w:val="000F5856"/>
+    <w:rsid w:val="000F7DAB"/>
     <w:rsid w:val="00111D80"/>
     <w:rsid w:val="00112860"/>
+    <w:rsid w:val="0013157A"/>
+    <w:rsid w:val="00142F1A"/>
     <w:rsid w:val="001B3AF5"/>
     <w:rsid w:val="001C65BF"/>
     <w:rsid w:val="001C7646"/>
+    <w:rsid w:val="001E4F70"/>
+    <w:rsid w:val="00245712"/>
     <w:rsid w:val="002A3311"/>
     <w:rsid w:val="002A5709"/>
     <w:rsid w:val="0032498D"/>
     <w:rsid w:val="00355E26"/>
+    <w:rsid w:val="00381DBB"/>
+    <w:rsid w:val="00387010"/>
     <w:rsid w:val="003C12DA"/>
     <w:rsid w:val="003C4732"/>
     <w:rsid w:val="003F629A"/>
+    <w:rsid w:val="00412A7D"/>
     <w:rsid w:val="004159FB"/>
     <w:rsid w:val="004E5EC7"/>
+    <w:rsid w:val="005076FA"/>
     <w:rsid w:val="00546B07"/>
     <w:rsid w:val="0058070E"/>
-    <w:rsid w:val="00587F02"/>
+    <w:rsid w:val="005A234D"/>
     <w:rsid w:val="0062021F"/>
     <w:rsid w:val="006205E2"/>
-    <w:rsid w:val="0068403B"/>
+    <w:rsid w:val="00643BCF"/>
     <w:rsid w:val="006E6CCF"/>
+    <w:rsid w:val="007033BA"/>
+    <w:rsid w:val="0073515A"/>
+    <w:rsid w:val="00737D79"/>
     <w:rsid w:val="007B50B6"/>
     <w:rsid w:val="00812789"/>
     <w:rsid w:val="008218A1"/>
     <w:rsid w:val="00871439"/>
     <w:rsid w:val="008E759D"/>
     <w:rsid w:val="0090378B"/>
+    <w:rsid w:val="0090500E"/>
     <w:rsid w:val="0091605F"/>
     <w:rsid w:val="009314EF"/>
     <w:rsid w:val="0094334D"/>
     <w:rsid w:val="00967C61"/>
     <w:rsid w:val="0099634B"/>
+    <w:rsid w:val="009F5473"/>
     <w:rsid w:val="00A701B9"/>
-    <w:rsid w:val="00A91798"/>
     <w:rsid w:val="00A9377D"/>
     <w:rsid w:val="00AC7C1D"/>
-    <w:rsid w:val="00B44831"/>
     <w:rsid w:val="00BA0C0E"/>
-    <w:rsid w:val="00BA2998"/>
     <w:rsid w:val="00BD2532"/>
     <w:rsid w:val="00BE1ECE"/>
     <w:rsid w:val="00C31C87"/>
+    <w:rsid w:val="00CB3D1E"/>
     <w:rsid w:val="00CE1E39"/>
-    <w:rsid w:val="00D15203"/>
+    <w:rsid w:val="00CE751E"/>
+    <w:rsid w:val="00DD04A1"/>
     <w:rsid w:val="00DD3790"/>
     <w:rsid w:val="00DF6BCC"/>
     <w:rsid w:val="00DF7930"/>
     <w:rsid w:val="00E302E5"/>
     <w:rsid w:val="00E63C71"/>
+    <w:rsid w:val="00EB52BF"/>
     <w:rsid w:val="00F3323B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2128A648"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9A18B1A4-FC52-441F-88E2-4DBBE88DC398}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10911,83 +10260,95 @@
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0058070E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:kern w:val="28"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B44831"/>
+    <w:rsid w:val="00643BCF"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00643BCF"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1823080646">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Education_Authority" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Tel:028" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cookstownnurseryschool.co.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:preschooladmissions@eani.org.uk" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Tel:028" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.publicdomainpictures.net/en/view-image.php?image=240924&amp;picture=happy-cartoon-family" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cbp.zhp.pl/program/mobbing-w-pracy-i-przesladowanie-w-szkole-czym-sa-i-jak-sie-przed-nimi-bronic/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dailyclipart.net/page/4/?s=orange&amp;search_x=0&amp;search_y=0" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cookstownnurseryschool.co.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\Cookstown%20Nursery\Documents\www.eani.org.uk\admissions" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@cookstownns.cookstown.ni.sch.uk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://humourintheclassroom.blogspot.com/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/red-cross-doctor-nurse-first-aid-38673/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Education_Authority" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cbp.zhp.pl/program/mobbing-w-pracy-i-przesladowanie-w-szkole-czym-sa-i-jak-sie-przed-nimi-bronic/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dailyclipart.net/page/4/?s=orange&amp;search_x=0&amp;search_y=0" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cookstownnurseryschool.co.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.publicdomainpictures.net/en/view-image.php?image=240924&amp;picture=happy-cartoon-family" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Tel:028" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cookstownnurseryschool.co.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eani.org.uk/parents/admissions/pre-school-admissions-guide" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@cookstownns.cookstown.ni.sch.uk" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://humourintheclassroom.blogspot.com/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Tel:028" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/red-cross-doctor-nurse-first-aid-38673/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -11262,69 +10623,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDEAEBAF-7C39-4FCF-936F-89E35F102F58}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
-  <Words>3539</Words>
-  <Characters>20177</Characters>
+  <Words>3614</Words>
+  <Characters>20603</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>168</Lines>
-  <Paragraphs>47</Paragraphs>
+  <Lines>171</Lines>
+  <Paragraphs>48</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23669</CharactersWithSpaces>
+  <CharactersWithSpaces>24169</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Julieann Fleming</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>